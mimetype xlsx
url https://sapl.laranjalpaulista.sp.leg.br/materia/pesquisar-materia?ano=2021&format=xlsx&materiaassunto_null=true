--- v0 (2025-10-09)
+++ v1 (2026-03-17)
@@ -54,1750 +54,1750 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1570/emenda_supressiva_plc_2_-_exclui_agentes_politicos_da_revisao.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1570/emenda_supressiva_plc_2_-_exclui_agentes_politicos_da_revisao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a 1ª Emenda Supressiva ao Projeto de Lei Complementar nº 2/2021.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Antônio Valdecir Berto Filho</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1588/emd_3_2021_-_altera_pl_11.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1588/emd_3_2021_-_altera_pl_11.pdf</t>
   </si>
   <si>
     <t>Altera a ementa e acrescenta incisos ao Artigo 1º do Projeto de Lei nº 11/2021.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1618/emenda_no_05.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1618/emenda_no_05.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Projeto de Resolução nº 3/2021.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Claudia Regina Martins Correia Alves</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1712/emenda_06_2021_pl_41.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1712/emenda_06_2021_pl_41.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Projeto de Lei nº 41/2021.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1741/emenda_7_-_plc_11_supressiva.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1741/emenda_7_-_plc_11_supressiva.pdf</t>
   </si>
   <si>
     <t>Suprime dispositivo da redação do Projeto de Lei Complementar nº 11/2021.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1744/emenda_no_8_-_pl_51.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1744/emenda_no_8_-_pl_51.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Projeto de Lei nº 51/2021.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1745/emenda_no_9_-_pl_42.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1745/emenda_no_9_-_pl_42.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da redação do Projeto de Lei nº 42/2021.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>José Francisco de Moura Campos</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1746/emenda_no_10_-_plc_13.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1746/emenda_no_10_-_plc_13.pdf</t>
   </si>
   <si>
     <t>Modifica a redação de dispositivos do Projeto de Lei Complementar nº 13/2021.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1760/1.082_-_mensagem_ldo_-_2022_-_a.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1760/1.082_-_mensagem_ldo_-_2022_-_a.pdf</t>
   </si>
   <si>
     <t>1ª Emenda Modificativa ao Projeto de Lei nº 45/2021</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1761/1.083_-_mensagem_ppa_2022_-2025_-_a.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1761/1.083_-_mensagem_ppa_2022_-2025_-_a.pdf</t>
   </si>
   <si>
     <t>1ª Emenda Modificativa ao Projeto de Lei nº 46/2021</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1573/ind_1_2021_-_transporte_gratuito_todos_estudantes.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1573/ind_1_2021_-_transporte_gratuito_todos_estudantes.pdf</t>
   </si>
   <si>
     <t>1)	Que seja alterada a Lei Municipal nº 3.230/2018, de modo a serem contemplados com transporte público coletivo urbano Gratuito todos os estudantes da rede de ensino, sem a limitação de que estejam vinculados à rede pública.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>Ricardo Tadeu Granzotto</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1575/ind_2_2021_granzotto_-_prorrogacao_impostos_municipais.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1575/ind_2_2021_granzotto_-_prorrogacao_impostos_municipais.pdf</t>
   </si>
   <si>
     <t>Que seja prorrogada a cobrança dos impostos municipais sobre os comércios de Laranjal Paulista que tiveram suas atividades paralisadas em razão da fase vermelha decretada pelo Governo do Estado, para o segundo semestre de 2021.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1602/ind_4_granzotto_-_criacao_pronto-socorro_veterinario.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1602/ind_4_granzotto_-_criacao_pronto-socorro_veterinario.pdf</t>
   </si>
   <si>
     <t>Que seja efetuada uma parceira do Poder Executivo e as Clinicas particulares de Medicina Veterinário do município para implantação de um pronto-socorro veterinário a partir de 01 de janeiro de 2022.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1607/ind_5_valdecir_-_plano_municipal_de_saneamento.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1607/ind_5_valdecir_-_plano_municipal_de_saneamento.pdf</t>
   </si>
   <si>
     <t>1)	Que seja criado um Plano Municipal de Saneamento</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>Flávio Antônio Portela</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1611/ind_6_flavio_-_obras_distrito_de_laras.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1611/ind_6_flavio_-_obras_distrito_de_laras.pdf</t>
   </si>
   <si>
     <t>Que sejam efetuadas obras de melhorias no Distrito de Laras.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>Márcio José Garpelli</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1620/indicacao_no_07.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1620/indicacao_no_07.pdf</t>
   </si>
   <si>
     <t>Revisar junto ao IBGE as divisas dos setores censitários fazendo-as ficar próximas às divisas de bairro ou evitar que um setor abranja áreas de perfil demográfico muito distinto.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_08.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_08.pdf</t>
   </si>
   <si>
     <t>Que estude junto ao setor competente da municipalidade, a possibilidade de se prolongar o início do pagamento / Parcelamento do IPTU em nosso município para o segundo semestre.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_09.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_09.pdf</t>
   </si>
   <si>
     <t>Que estude junto ao setor competente que se verifique a possibilidade de se isentar, adiar ou parcelar a taxa de licença de funcionamento do comércio local.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>Marcos Eduardo de Mello</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1635/ind_10_-_isencao_taxa_de_licenca_do_comercio.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1635/ind_10_-_isencao_taxa_de_licenca_do_comercio.pdf</t>
   </si>
   <si>
     <t>A isenção da taxa de licença de funcionamento do comércio aos finais de semana e feriados.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1636/ind_11_-_doacao_50_subsidio_para_vacinas.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1636/ind_11_-_doacao_50_subsidio_para_vacinas.pdf</t>
   </si>
   <si>
     <t>A doação de 50% do subsídio para auxílio do município na aquisição de vacinas contra COVID-19</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>Nilso Ventris</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1649/ind_12_2021_nilso_notificacao_proprietarios_de_jazigos.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1649/ind_12_2021_nilso_notificacao_proprietarios_de_jazigos.pdf</t>
   </si>
   <si>
     <t>A notificação de todos os proprietários de jazigos abandonados e terrenos vazios do Cemitério Municipal</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1650/ind_13_claudia_testes_covid-19_antes_das_aulas.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1650/ind_13_claudia_testes_covid-19_antes_das_aulas.pdf</t>
   </si>
   <si>
     <t>Que antes do retorno das aulas escolares sejam realizados testes PCR-RT para o Coronavírus em todos os professores, bem como nos demais profissionais da educação, que terão contato com os alunos.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Teste SAPL</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1654/ind_15_2021__-_cidadania_na_grade_curricular.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1654/ind_15_2021__-_cidadania_na_grade_curricular.pdf</t>
   </si>
   <si>
     <t>1)	Que seja acrescentado na grade curricular do ensino municipal a matéria cidadania.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Antônio Valdecir Berto Filho, Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1655/ind_16_2021_-_locacao_viaturas_gcm.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1655/ind_16_2021_-_locacao_viaturas_gcm.pdf</t>
   </si>
   <si>
     <t>1)	Que seja analisada a possibilidade de locação de viaturas para a Guarda Civil Municipal.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1666/ind_17_-_kits_agric_familiar.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1666/ind_17_-_kits_agric_familiar.pdf</t>
   </si>
   <si>
     <t>Que sejam incluídos alimentos produzidos pelos agricultores do Programa Agricultura Familiar, nos kits alimentares que serão entregues aos alunos da rede pública.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Antônio Valdecir Berto Filho, Kant Alves Lima Junior</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1670/indicacao_2021_-_passagem_ponte_joao_bordignon_-valdecir_-_kantjr.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1670/indicacao_2021_-_passagem_ponte_joao_bordignon_-valdecir_-_kantjr.pdf</t>
   </si>
   <si>
     <t>A construção de uma passagem exclusiva para pedestres na Ponte localizada na Estrada Municipal João Bordignon.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1677/indicacao-rodas_de_conversas_lgbtqi.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1677/indicacao-rodas_de_conversas_lgbtqi.pdf</t>
   </si>
   <si>
     <t>Que sejam retomadas as Rodas de Conversas LGBTQI+, ministradas pela Secretaria de Saúde de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>CAR-COVID - Comissão de Assuntos Relevantes - COVID-19</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1680/indicacao_20_-_carcovid.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1680/indicacao_20_-_carcovid.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo que seja fornecido um kit denominado “Guia de Isolamento Domiciliar”, contendo folhetos informativos impressos e máscaras para serem entregues aos pacientes que receberem o resultado positivo ao COVID-19.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1697/indicacao-21_-_kit_alimentacao.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1697/indicacao-21_-_kit_alimentacao.pdf</t>
   </si>
   <si>
     <t>Que seja mantida a entrega dos kits alimentares aos alunos da rede pública e que sejam incluídos alimentos produzidos pelos agricultores do Programa Agricultura Familiar.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1701/indicacao_no_22_-_praca__nere.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1701/indicacao_no_22_-_praca__nere.pdf</t>
   </si>
   <si>
     <t>1)Que a Praça do Ciclista seja denominada como Praça Emerson Alves Silva Dionízio (Nere);_x000D_
 2) Que o trecho da Boa Vista onde os ciclistas transitam e atualmente é chamado de B.V, passe a ser denominado como tour Emerson Alves Silva Dionízio (Nere)</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1733/indicacao_no_23_-_agua_potavel.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1733/indicacao_no_23_-_agua_potavel.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada a distribuição de água potável às propriedades do Bairro Abaulado.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1742/indicacao_24-gratuidade_no_transporte_publico-deficientes.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1742/indicacao_24-gratuidade_no_transporte_publico-deficientes.pdf</t>
   </si>
   <si>
     <t>Que se estude a possibilidade de elaborar uma lei que garanta a gratuidade no transporte público municipal para as pessoas com deficiência, ostomizados e seus acompanhantes.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1752/indicacao_no_25_-_ppi.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1752/indicacao_no_25_-_ppi.pdf</t>
   </si>
   <si>
     <t>1)	Que seja analisada a possibilidade de apresentação de Projeto de Lei Instituindo o Programa de Parcelamento Incentivado de 2021.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1762/indicacao_26-2021_-_placa_com_a_denominacao_da_via_rua_maria_stelita_zanella_-_claudia.odt_1.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1762/indicacao_26-2021_-_placa_com_a_denominacao_da_via_rua_maria_stelita_zanella_-_claudia.odt_1.pdf</t>
   </si>
   <si>
     <t>Que seja instalada a placa com a denominação da via Rua Maria Stelita Zanella, ao lado da Igreja Nossa Senhora Aparecida – Vila Toti.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1763/indicacao_2021_-_granzotto_-_alvara.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1763/indicacao_2021_-_granzotto_-_alvara.pdf</t>
   </si>
   <si>
     <t>Indica que seja concedida a isenção da taxa de alvará especial aos comerciantes no dia 20 de novembro do corrente ano.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1765/indicacao_2021_-_flavio_-_ponto_de_onibus.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1765/indicacao_2021_-_flavio_-_ponto_de_onibus.pdf</t>
   </si>
   <si>
     <t>Indica que seja construído um ponto de ônibus com cobertura na Estrada Municipal João Bordignon.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1766/indicacao_2021_-_flavio_-_calcamento_da_margem_do_rio.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1766/indicacao_2021_-_flavio_-_calcamento_da_margem_do_rio.pdf</t>
   </si>
   <si>
     <t>Indica que seja efetuado o calçamento da margem do Rio Tietê no Porto da Balsa, Distrito de Laras.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1774/indicacao-farmacias_de_plantao.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1774/indicacao-farmacias_de_plantao.pdf</t>
   </si>
   <si>
     <t>Que para o ano de 2.022 sejam disponibilizadas para a população, aos finais de semanas e feriados, três farmácias de plantão, ao invés de apenas duas.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1776/indicacao_2021_-_valdecir_-_denominacao_de_rua.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1776/indicacao_2021_-_valdecir_-_denominacao_de_rua.pdf</t>
   </si>
   <si>
     <t>Que a rua principal do Residencial Maria Luiza seja denominada como Rua Maria Luiza Belini Pieroni.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1784/indicacao_no_32_2021_-_jose_francisco_justica_restaurativa_escolas.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1784/indicacao_no_32_2021_-_jose_francisco_justica_restaurativa_escolas.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito para que analise a possibilidade ser incluída a disciplina de Justiça Restaurativa na rede de ensino municipal de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1792/indicacao_no_33_2021_-_francisco_-nome_rua_maristela.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1792/indicacao_no_33_2021_-_francisco_-nome_rua_maristela.pdf</t>
   </si>
   <si>
     <t>Que a Rua Número 2 do Residencial das Paineiras, Distrito de Maristela, seja denominada como Rua Antonio José Stringhini.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1793/indicacao_no_34_2021_-_francisco_-nome_ponto_onibus.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1793/indicacao_no_34_2021_-_francisco_-nome_ponto_onibus.pdf</t>
   </si>
   <si>
     <t>Que o novo ponto de ônibus da Praça Armando Sales de Oliveira seja denominado como Tarciso Alberto Barbieri.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>1ª Mensagem Modificativa ao Projeto de Lei 45/2021</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>1ª Mensagem Modificativa ao Projeto de Lei 46/2021</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Antônio Valdecir Berto Filho, Claudia Regina Martins Correia Alves, Flávio Antônio Portela, Francisco Ubiratam de Santana, José Francisco de Moura Campos, Kant Alves Lima Junior, Márcio José Garpelli, Marcos Eduardo de Mello, Nilso Ventris, Ricardo Tadeu Granzotto, Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1580/moc_1_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1580/moc_1_2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar ao Senhor Marcelo Roma e Demais Familiares pelo falecimento da ex-vereadora Edna Roma.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1581/moc_2_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1581/moc_2_2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar ao Senhor Glauber Jensen Filho e Demais Familiares pelo falecimento do ex-vereador Glauber Jensen.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1582/moc_3_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1582/moc_3_2021.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Manifesto do Aglomerado Urbano de Piracicaba, através do Ofício Nº 321/2021/GVDRJ, onde solicita a revisão das alíquotas de ICMS no Estado de São Paulo.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1583/moc_4_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1583/moc_4_2021.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação à Guarda Civil Municipal de Laranjal Paulista pelos 18 anos de trabalho em prol ao Município.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR À SENHORA ROSINEIA MACHADO DE ALMEIDA ROVAI E DEMAIS FAMILIARES pelo falecimento do senhor Marco Aurélio Rovai.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR À SENHORA ROSÂNGELA GASPAR PASOTO E DEMAIS FAMILIARES, pelo falecimento do senhor CLEITON CAMPOS PASOTO</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1634/moc_7_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1634/moc_7_2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a todos os funcionários da Santa Casa de Misericórdia de Laranjal Paulista que estão no combate e prevenção à pandemia COVID-19.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>Antônio Valdecir Berto Filho, Kant Alves Lima Junior, Nilso Ventris, Ricardo Tadeu Granzotto</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1637/moc_8_20201.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1637/moc_8_20201.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Instituto Butantan em reconhecimento ao trabalhado realizado no desenvolvido da vacina contra o coronavírus - COVID-19.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1663/mocao_9_2021_-_dia_do_tropeiro.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1663/mocao_9_2021_-_dia_do_tropeiro.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Associação dos Tropeiros de Laranjal Paulista, pelo dia 22 de maio, Dia Estadual do Tropeiro no Estado de São Paulo.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>Claudia Regina Martins Correia Alves, Francisco Ubiratam de Santana</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1664/moc_10_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1664/moc_10_2021.pdf</t>
   </si>
   <si>
     <t>Moção de pesar à Senhora Renata Covas Lopes, ao Senhor Pedro Lopes, ao Thomaz Lopes e demais familiares, pelo falecimento do Prefeito Bruno Covas.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1679/mocao_11_-_carcovid.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1679/mocao_11_-_carcovid.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo, a ser encaminhada à Vigilância Sanitária, Secretaria de Saúde e Guarda Civil Municipal, para que sejam cumpridos os protocolos sanitários de enfrentamento ao COVID-19.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>Antônio Valdecir Berto Filho, Francisco Ubiratam de Santana, Kant Alves Lima Junior, Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1682/mocao_no_12__apelo_-_botucatu.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1682/mocao_no_12__apelo_-_botucatu.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo para que o Município de Laranjal Paulista seja mantido na Microrregião de Botucatu.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>Márcio José Garpelli, Antônio Valdecir Berto Filho, Claudia Regina Martins Correia Alves, Flávio Antônio Portela, Francisco Ubiratam de Santana, Kant Alves Lima Junior, Marcos Eduardo de Mello, Ricardo Tadeu Granzotto, Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1698/mocao_no_13__apelo_-_caixa_economica_2.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1698/mocao_no_13__apelo_-_caixa_economica_2.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo à Caixa Econômica Federal para que seja implantada uma agência bancária ou uma lotérica no Distrito de Maristela e um correspondente bancário no Distrito de Laras.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1699/mocao_no_14__apelo_-_voto_impresso.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1699/mocao_no_14__apelo_-_voto_impresso.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo para aprovação da PEC 135/2019, que dispõe que na votação e apuração de eleições, plebiscitos e referendos, seja obrigatória a expedição de cédula físicas, conferíveis pelo eleitor, a serem depositadas em urnas indevassáveis, para fins de autoria.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1706/mocao_no_15_apelo_-_pesar_-_tutu.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1706/mocao_no_15_apelo_-_pesar_-_tutu.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Senhora Nair de Zanetti Benetom Campos e demais familiares pelo falecimento do Senhor João José da Silveira Campos.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1707/mocao_de_pesar-paschoal_braz_delazari.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1707/mocao_de_pesar-paschoal_braz_delazari.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à benedito Edmilson Delazari, Vania Maria Delazari, Valdivia Eugência Delazari Andreozi E Flávio Henrique Delazari e demais familiares, pelo falecimento do Senhor Paschoal Braz Delazari.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1716/mocao_no__repudio-_marcio_garpelli.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1716/mocao_no__repudio-_marcio_garpelli.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio ao ato proferido pelo Tribunal Superior Eleitoral - TSE, de desmonetizar os veículos de comunicação reconhecidamente conservadores.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1723/moc_18.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1723/moc_18.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Senhora Ângela Maria Zanella Costa e demais familiares pelo falecimento do Senhor João Primo Costa.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1743/mocao_no_19_aplauso_posto_escala.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1743/mocao_no_19_aplauso_posto_escala.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Senhor Sérgio Roberto Garpelli em comemoração aos 50 anos do Posto Escala.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1753/mocao_no_20_apelo_-_sueli_-_vacinacao-assinado.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1753/mocao_no_20_apelo_-_sueli_-_vacinacao-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo ao Governador do Estado de São Paulo, Excelentíssimo Senhor João Doria Junior, para que seja analisada a possibilidade de Distribuição de vacina antirrábica.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>Antônio Valdecir Berto Filho, Claudia Regina Martins Correia Alves</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1754/mocao_no_21_aplauso_-_tropeiros.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1754/mocao_no_21_aplauso_-_tropeiros.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a Associação Cultura Tropeira de Laranjal Paulista pelo Ato de Homenagem “Tropeirismo e Cultura é nosso legado” e a comemoração ao 8º aniversário da Associação Cultura Tropeira de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1769/mocao_aplauso-professores.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1769/mocao_aplauso-professores.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a todos os Professores das Escolas Municipais, Estaduais e Particulares de Laranjal Paulista, pelo Dia 15 de Outubro, Dia do Professor.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1772/moc_23_-_duplicacao_sp300.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1772/moc_23_-_duplicacao_sp300.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio à Frente Parlamentar pela Duplicação da Rodovia Marechal Rondon – SP 300.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1796/mocao_aplauso-reginaldo.doc.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1796/mocao_aplauso-reginaldo.doc.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a Reginaldo Rodrigues dos Santos, por ter conquistado o Cinturão do 2º Circuito de Lutas Thay XFight da Cidade de Indaiatuba/SP.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1692/projeto_de_decreto_legislativo_-_igor.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1692/projeto_de_decreto_legislativo_-_igor.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de título de Cidadão Laranjalense ao Senhor Igor Eliezer Borges.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1693/projeto_de_decreto_legislativo_-_revogando_decreto.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1693/projeto_de_decreto_legislativo_-_revogando_decreto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação do Decreto Legislativo nº 02/2021, de 27 de abril de 2021.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1612/untitled_20210302_095732.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1612/untitled_20210302_095732.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para o acolhimento de alunos da educação especial nas escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional no orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1631/of._349_proj._lei__-_antecipar_feriados_1.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1631/of._349_proj._lei__-_antecipar_feriados_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a antecipar feriado municipal, por Decreto, durante a atual emergência de saúde pública de importância internacional decorrente da COVID-19.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1632/of._350_proj._lei__-_vale_alimentacao_as._social_1.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1632/of._350_proj._lei__-_vale_alimentacao_as._social_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Vale Alimentação - Assistência Social no município de Laranjal Paulista e dá outras providências.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1633/of._352-_proj._lei_-_conselho_do_fundeb_1.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1633/of._352-_proj._lei_-_conselho_do_fundeb_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Conselho Municipal de Acompanhamento e de Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - Conselho do FUNDEB, e dá providências correlatas.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1641/pl_27_2021_-_programa_emergencial_combate_desemprego.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1641/pl_27_2021_-_programa_emergencial_combate_desemprego.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Programa Emergencial de Qualificação Profissional e Combate ao Desemprego.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1669/pl_32_2021_-_revoga_lei_2877.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1669/pl_32_2021_-_revoga_lei_2877.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 2.877 de 05 de abril de 2011, que proíbe a utilização de telefone celular nas áreas de atendimento ao público dos estabelecimentos bancários.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1678/pl_34_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1678/pl_34_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão do serviço público de transporte coletivo no Município de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1700/pl_-_educacao.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1700/pl_-_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Ensino Domiciliar no âmbito da educação básica do Município de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1702/pl_44_-_concessao_velorio.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1702/pl_44_-_concessao_velorio.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão remunerada de uso do Velório Municipal.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1709/pl_45.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1709/pl_45.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para a elaboração da Lei Orçamentária de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1710/pl_46.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1710/pl_46.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Laranjal Paulista para o quadriênio de 2022 a 2025.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1778/1227_-_cred_adicional_suplementar_-_r3.515.00000_-_a.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1778/1227_-_cred_adicional_suplementar_-_r3.515.00000_-_a.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar no Orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1630/plc_06_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1630/plc_06_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 210 de 11 de setembro de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1708/projeto_de_resolucao_no_05_2021-assinado.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1708/projeto_de_resolucao_no_05_2021-assinado.pdf</t>
   </si>
   <si>
     <t>Prorroga a vigência da Comissão de Assuntos Relevantes, para tratar do combate à pandemia da COVID-19 (coronavírus).</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1564/req_1_2021_-_motoristas_de_ambulancia.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1564/req_1_2021_-_motoristas_de_ambulancia.pdf</t>
   </si>
   <si>
     <t>1.	Requer saber quais foram às medidas tomadas para substituir, durante o período eleitoral, os motoristas de ambulância que solicitaram afastamento para candidatura a cargos eletivos. _x000D_
 2.	Requer saber se há concurso público vigente para o cargo de motorista de ambulância, se positivo, solicito cópia da lista de classificados. _x000D_
 3.	Solicito a relação dos funcionários que exercem a função de motorista de ambulância.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1565/req_2_2021_-_gastos_do_fundeb.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1565/req_2_2021_-_gastos_do_fundeb.pdf</t>
   </si>
   <si>
     <t>1.	Requer saber qual foi o valor total recebido através do FUNDEB no ano de 2020. _x000D_
 2.	Requer saber onde e como foram gastos esses valores, ressaltando a importância da apresentação de um relatório detalhado constando os empenhos.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1577/req_3_2021_-_doses_vacina_covid-19.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1577/req_3_2021_-_doses_vacina_covid-19.pdf</t>
   </si>
   <si>
     <t>1)	Quantas doses de vacina, referente ao COVID-19, veio até a data de 08/02/2021 ? Quais laboratórios e quantidade específica? _x000D_
 2)	Quantas pessoas foram imunizada? No caso de vacina de 2 doses, especificar se foi dado a 1ª dose e reservado a 2ª dose ou foi aplicado o lote todo aguardando nova remessa de vacinas para fazer a segunda aplicação. Favor fornecer lista das pessoas imunizadas até a presente data. _x000D_
 3)	Como é feito a triagem, identificação, cadastro, confirmação de grupo prioritário das pessoas que já receberam as doses? Quem são os profissionais que executam esse serviço? Fornecer lista com nome completo e função. Quais foram os critérios utilizados para fazer a aplicação do início da vacinação até a presente data?_x000D_
 4)	Houve alguma denúncia sobre pessoas que tomaram a vacina e não são do grupo prioritário? Se sim, quais foram às providências tomadas?_x000D_
 5) Quais os locais e horários que estão sendo feito as vacinações?_x000D_
 6) Qual o meio de divulgação que estão utilizando para as faixas etárias até agora, e se existe um plano de divulgação das demais faixas etárias assim que mais lotes estiverem disponíveis ? _x000D_
 7) Os idosos serão vacinados em suas residências?</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1590/req_4_claudia_-_lista_de_professores.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1590/req_4_claudia_-_lista_de_professores.pdf</t>
   </si>
   <si>
     <t>1.	Requer a lista de professores efetivos da rede de ensino de Laranjal Paulista. _x000D_
 2.	Requer a lista de professores contratados. _x000D_
 3.	Requer a lista de professores afastados, bem como o motivo de tais afastamentos e, caso tenham sido realocados para outras funções, em quais funções se encontram atualmente.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>Requer cópia da íntegra do contrato firmado entre o Poder Executivo e a TecnoLamp, ressaltando que requer ainda, cópia do ANEXO I – TERMO DE REFERÊNCIA.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1606/req_6_valdecir_-_contrato_fiorilli.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1606/req_6_valdecir_-_contrato_fiorilli.pdf</t>
   </si>
   <si>
     <t>Requer cópia da íntegra do contrato firmado entre o Poder Executivo e a Fiorilli Sociedade Civil LTDA, ressaltando que requer ainda, cópia do ANEXO – TERMO DE REFERÊNCIA.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1616/requerimento_no__07_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1616/requerimento_no__07_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referente a última visita da Equipe de Controle de Vetores para fiscalização contra dengue no bairro Jardim Morumbi – Maristela._x000D_
 Requer o cronograma de visitas da Equipe de Controle de Vetores, para 2021 no distrito da Maristela._x000D_
 Requer saber se já existe um cronograma de visitas da Equipe de Controle de Vetores em 2021 para todo o município._x000D_
 Requer informações sobre o número de casos da doença por bairros no município.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1617/requerimento_no_08_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1617/requerimento_no_08_2021.pdf</t>
   </si>
   <si>
     <t>Requer a relação dos artistas e produtores culturais laranjalenses cadastrados em conformidade com a Lei Aldir Blanc 14.017/20 de 29 de junho de 2020._x000D_
 Requer informações sobre a utilização do recurso destinado ao município._x000D_
 Requer as medidas tomadas pelo Poder Executivo referente a benefícios emergenciais para 2021 aos cadastrados, de acordo com a Medida Provisória 1019/20, que prorrogou o prazo para utilização dos recursos da Lei Aldir Blanc.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1619/requerimento_no_09.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1619/requerimento_no_09.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao Concurso Público n. 01/2019, especificamente as informações a seguir:_x000D_
 1.	Requer cópia das portarias de nomeação dos 5 (cinco) primeiros candidatos classificados e nomeados ao cargo de assistente administrativo;_x000D_
 2.	Requer saber se algum dos nomeados para o cargo de assistente administrativo do concurso público 01/2019 recebe alguma função gratificada e/ou gratificação;_x000D_
 3.	Requer saber quais as atividades atualmente desempenhadas por cada um dos nomeados para o cargo de assistente administrativo do concurso público 01/2019; _x000D_
 4.	Requer saber se, apesar de terem sido nomeados recentemente, algum dos nomeados para o cargo de assistente administrativo do concurso público 01/2019, algum deles possui ou gozou de algum benefício de licença ou férias remunerada após a nomeação.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>Claudia Regina Martins Correia Alves, Francisco Ubiratam de Santana, Márcio José Garpelli, Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1625/requerimento_10_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1625/requerimento_10_2021.pdf</t>
   </si>
   <si>
     <t>1. Requerem cópia na íntegra do contrato Dispensa de_x000D_
 Chamamento Público nº 05/2020 - Processo Administrativo nº 05/2020 – “Referente:_x000D_
 A finalidade da presente Dispensa de Chamamento Público e a celebração de parceria_x000D_
 com a IRMANDADE DA SANTA CASA DE MISERICÓRDIA, inscrita no CNPJ nº_x000D_
 51.332.658/0001-31, com sede na Rua Pedro de Toledo, 633, Centro de Laranjal Paulista -_x000D_
 SP, instituída e instalada em 12 de abril de 1953, por meio da formalização de termo de_x000D_
 colaboração, para a consecução de finalidade de interesse público e recíproco que_x000D_
 envolve a transferência de recursos financeiros à referida Irmandade privada sem fins_x000D_
 lucrativos, conforme condições estabelecidas no Termo de Colaboração.”</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1626/requerimento_11_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1626/requerimento_11_2021.pdf</t>
   </si>
   <si>
     <t>1. Requer cópia da relação de funcionários que estão contratados_x000D_
 pela frente de trabalho, constando nome e local em que estão exercendo a função._x000D_
 2. Requer informações se há um cadastro para que os munícipes_x000D_
 possam trabalhar na frente de trabalho, se positivo gostaria da relação desses_x000D_
 cadastrados.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1628/requerimento_12_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1628/requerimento_12_2021.pdf</t>
   </si>
   <si>
     <t>1)	Requer cópia da íntegra do relatório contendo todas as 327 notificações e as 8 autuações realizadas pelo setor de fiscalização de postura do município de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1638/req_13_-_multas_covid-19_em_2021.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1638/req_13_-_multas_covid-19_em_2021.pdf</t>
   </si>
   <si>
     <t>1) Quantas autuações e multas foram aplicadas utilizando a Lei Municipal nº 3330 de 02 de março de 2021, que dispõe sobre as infrações administrativas pelo descumprimento de medidas de enfrentamento à pandemia de Covid-19.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1639/req_14_-_meis_x_frente_de_trabalho.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1639/req_14_-_meis_x_frente_de_trabalho.pdf</t>
   </si>
   <si>
     <t>1) Quantos cadastros de Microempreendedor individual (MEI) existiam junto a Prefeitura Municipal de Laranjal Paulista no ano de 2016; 2) Quantos cadastros de MEI há em 2021; 3) Quantos desses MEI prestavam serviço no ano de 2016 e quantos prestam serviço atualmente para o Poder Executivo; 4) Qual a justificativa para contratação de MEI para execução de serviços de manutenção do Poder Executivo, e por que não contratar para essas funções funcionários através da frente de trabalho; 5) Quais as quantidades de funcionários prestavam serviço pela frente de trabalho e onde estão alocados; 6) Os funcionários contratados através da frente de trabalho recebem curso de capacitação, se sim, quais e quantos mensais; 7) Qual o prazo máximo que um funcionário pode ser contratado pela frente de trabalho.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1640/req_15_-_conselho_municipal_dos_direitos_da_mulher.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1640/req_15_-_conselho_municipal_dos_direitos_da_mulher.pdf</t>
   </si>
   <si>
     <t>Requer saber se os estudos para o aprimoramento da Lei nº 2.704/2009 - CMDM já foi concluído, uma vez que, em resposta ao Ofício nº 46/2020/SL - Encaminhamento Requerimento 10/2020 de minha autoria, o Senhor Prefeito Municipal, através do Ofício nº 0144/2020, justificou que a Lei de criação do Conselho Municipal dos Direitos da Mulher apresentava pequenos equívocos que mereciam correção e para tanto elaboraram alguns estudos para o aprimoramento e a edição de futuro Decreto regulamentador.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>Claudia Regina Martins Correia Alves, Antônio Valdecir Berto Filho, Flávio Antônio Portela, Francisco Ubiratam de Santana, Kant Alves Lima Junior, Márcio José Garpelli, Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1642/req_16_2021_-_professores_contratados.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1642/req_16_2021_-_professores_contratados.pdf</t>
   </si>
   <si>
     <t>Requerem a lista atualizada de professores efetivos da rede de ensino de Laranjal Paulista. Requerem a lista de professores contratados em 2021. Requerem a lista de professores afastados em 2021, bem como o motivo de tais afastamentos e, caso tenham sido realocados para outras funções, em quais funções se encontram atualmente. Requerem saber quais os critérios selecionados para que os professores substituam em aulas remotas. Quais classes estão sendo substituídas (salas livres ou não). Se livres, são cargos já previstos (não novos), não seria o caso de chamar através do concurso e se salas não livres não seria o caso de contrato pelo processo seletivo?</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1648/req_17_2021_-_reducao_covid_apos_lockdown.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1648/req_17_2021_-_reducao_covid_apos_lockdown.pdf</t>
   </si>
   <si>
     <t>1)	Houve a redução de casos de COVID-19 após o lockdown?;_x000D_
 2)	Se positivo, quais os números dessa redução?</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1656/req_18_2021_-_processos_trabalhistas.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1656/req_18_2021_-_processos_trabalhistas.pdf</t>
   </si>
   <si>
     <t>1.	Requer saber quantos Processos Trabalhistas a Prefeitura perdeu por revelia, entre os anos de 2017 a 2021._x000D_
 2.	 Requer saber quantos processos de Execução Fiscal a Prefeitura perdeu, total ou parcialmente, por cobrança de tributos prescritos._x000D_
 3.	Requer saber se é o município ou o procurador que paga o ônus de sucumbência quando perde uma ação por revelia ou por cobrança equivocada._x000D_
 4.	Requer saber se existe uma lei que autoriza a Procuradoria Municipal a receber honorários sucumbenciais._x000D_
 5.	Requer saber quais medidas estão sendo tomadas para sanar os erros trabalhistas para que não haja mais ações contra o município, tendo em vista que a Prefeitura perdeu diversas ações nessa esfera.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1659/req_19_2021_-_informacoes_garagem.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1659/req_19_2021_-_informacoes_garagem.pdf</t>
   </si>
   <si>
     <t>1)	A indicação nº 12/2021, de autoria do Vereador Nilso Ventris, foi acatada pelo Executivo? Se positivo, solicita cópia de todas as notificações que serão enviadas aos proprietários de terrenos vazios e jazidos abandonados;_x000D_
 2)	Cópia da Nota fiscal do equipamento de monitoramento por Câmeras instalado na garagem municipal;_x000D_
 3)	Informações técnicas detalhadas do equipamento de monitoramento instalado, quantidade de câmeras, sua capacidade de armazenamento e quantos dias esse sistema grava e armazena as imagens na garagem municipal;_x000D_
 4)	Informações de quem opera, monitora e tem acesso via aplicativo do sistema de câmeras da garagem;_x000D_
 5)	Informações se o sistema de câmeras da garagem estava funcionando de Agosto/2020 a Janeiro/2021 e por quanto tempo estava armazenando as imagens;_x000D_
 6)	Solicita cópia das imagens captadas nos últimos 15 dias pelas câmeras da garagem municipal._x000D_
 7)	Cópia legível das planilhas de entrada e saída de veículos da garagem municipal e das guias de recolhimento de máquinas e caminhões dos meses de Fevereiro, Março e Abril de 2021._x000D_
 8)	Cópia detalhada de dois relatórios de fiscalização que constam na planilha de controle de entrada e saída da garagem municipal dia 15/01/2021, sendo um relatório de fiscalização realizado pelo agente de serviços VII, com o veículo EGI1788 com saída às 07:30hs, Km Início 120885 e retorno as 16:18, Km 120970 e o outro relatório de fiscalização realizado pelo encarregado Serviços Municipais com o veículo oficial 003 com saída às 09:51, Km 276979 e retorno as 15:36, km 277180._x000D_
 9)	Informações detalhadas se houve algum serviço particular realizado na Vila Toti mediante recolhimento de guia na prefeitura no dia 22 de Dezembro de 2020 onde foi utilizado a máquina retro escavadeira e o caminhão placa FSX6190.       _x000D_
 10)	Informações detalhadas se no dia 12 de Fevereiro de 2021 foi executado algum tipo de serviço particular em oficina mediante recolhimento de guia nas proximidades da Vila São José utilizando máquina e equipamento da prefeitura._x000D_
 11)	Cópias de todos os talões de requisição da garagem preenchidos nos meses de Março e Abril de 2021_x000D_
 12)	Informações do executivo se de Janeiro a Abrir de 2021, foi utilizado funcionários, Caminhão e Máquina pública para executar serviços de abertura de estradas e manutenção em loteamento embargado, irregulares ou clandestino em Laranjal Paulista;_x000D_
 13)	Solicita toda a documentação referente ao serviço realizado pela secretaria de serviços dia 22 de Março de 2021 no Bairro Olegarinho, Distrito de Maristela. Documento que comprove a solicitação do serviço, quem recebeu a ordem de serviço, quem autorizou a compra de materiais, quem autorizou a execução, quem pagou pelo material, se houve recolhimento de taxa e qual valor._x000D_
 14)	Informações de quem é o responsável pelo controle da frota de veículos da garagem, de como é feito a manutenção nos veículos, se existe manutenção corretiva, preventiva. Se existe controle, fornecer planilhas de janeiro a Abril desse controle._x000D_
 15)	Requer o envio detalhado da estrutura organizacional hierárquica da garagem municipal, bem como o registro de competências de cada função. Solicita informações se há no departamento funcionários em desvio de função, caso positivo solicita a relação desses funcionários e o motivo de estarem trabalhando em desvio de função._x000D_
 16)	Solicita informações detalhadas de todos os funcionários da secretaria de serviço, que receberam horas extras ou função gratificada de Janeiro a Abril de 2021._x000D_
 17)	Informações se existe algum funcionário da secretaria de serviços utilizando folha de frequência para controle do seu comparecimento ao trabalho.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>Claudia Regina Martins Correia Alves, Antônio Valdecir Berto Filho, Francisco Ubiratam de Santana, Kant Alves Lima Junior, Márcio José Garpelli, Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1660/req_20_2021_-_pregao_39_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1660/req_20_2021_-_pregao_39_2020.pdf</t>
   </si>
   <si>
     <t>Requerem cópia na íntegra de todo Processo Licitatório nº 067/2020, Pregão Presencial nº 039/2020, que tem como objeto o REGISTRO DE PREÇOS, do tipo MENOR PREÇO POR ITEM, visando a aquisição de diversos Equipamentos de Informática, Equipamentos Eletrodomésticos, Móveis e Mobiliários, para serem utilizados nas Escolas e Creches da Rede Municipal de Ensino do Município de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1661/req_21_2021_-_cmdca.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1661/req_21_2021_-_cmdca.pdf</t>
   </si>
   <si>
     <t>1) Requer saber quem são os membros do Conselho Municipal dos Direitos da Criança e do Adolescente – CMDCA e quais setores eles estão representando; 2) Requer saber quando foi realizada a última reunião do Conselho e qual a data e horário da próxima reunião que será realizada; 3) Requer cópia na íntegra da Ata da última reunião; 4) Requer saber quais ações já foram e estão sendo promovidas pelo CMDCA, em defesa do direito das crianças e dos adolescentes, visto que estamos na Campanha Maio Laranja, e no dia 18 foi comemorado o Dia Nacional de Enfrentamento da Violência Sexual contra crianças e adolescentes.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1662/req_22_2021_-_conselho_fundeb.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1662/req_22_2021_-_conselho_fundeb.pdf</t>
   </si>
   <si>
     <t>1) Requer saber quando foi instituído o Conselho do FUNDEB no município; 2) Requer saber quem são os membros do Conselho do FUNDEB e quais setores eles estão representando; 3) Requer saber quando foi realizada a primeira reunião do Conselho e qual a data e horário da próxima reunião que será realizada; 4) Requer cópia na íntegra da Ata da primeira reunião.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1667/req_23_-_agricultura_familiar.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1667/req_23_-_agricultura_familiar.pdf</t>
   </si>
   <si>
     <t>1) Requer saber quem são os agricultores que fazem parte do programa Agricultura Familiar, que forneciam alimentos para a merenda escolar, nos anos de 2019 e 2020, bem como o endereço de suas propriedades. 2) Requer cópia na íntegra do contrato firmado entre esses agricultores e o Poder Executivo.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1671/requerimento_no_2021_-_epi.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1671/requerimento_no_2021_-_epi.pdf</t>
   </si>
   <si>
     <t>Requer cópia na íntegra dos processos licitatórios, realizados no ano de 2021, que ensejaram a aquisição de equipamentos de proteção individual (EPI).</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1674/requerimento_no_2021_-_emenda_parlamentar.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1674/requerimento_no_2021_-_emenda_parlamentar.pdf</t>
   </si>
   <si>
     <t>Requer maiores informações e documentos comprobatórios se a Emenda Parlamentar encaminhada pelo Deputado Federal Marcos Pereira foi realmente utilizada para o PAC00463.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1676/requerimento_no_2021_-_cpi.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1676/requerimento_no_2021_-_cpi.pdf</t>
   </si>
   <si>
     <t>1)	Requer cópia na íntegra de planilha oficial constando os valores arrecadados com a Contribuição de Iluminação Pública (CIP) da zona rural do município nos últimos 5 anos.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1686/requerimento_no_27_2021_-_marcio.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1686/requerimento_no_27_2021_-_marcio.pdf</t>
   </si>
   <si>
     <t>Referente ao serviço realizado pela secretaria de serviços nos dias 11 e 12 de Novembro de 2020 nas divisas dos municípios de Cerquilho e Cesário Lange informado nos Ofícios nº040 e SSPMnº77, solicito as seguintes informações:_x000D_
 _x000D_
 1)	Nome completo de todos os funcionários que estiveram envolvidos nesse serviço informado no Ofício nº040/2021._x000D_
 2)	Informar quais foram as máquinas e caminhões, com as respectivas placas, que foram utilizados nesse serviço informado no Ofício nº040/2021._x000D_
 3)	Informar que tipo de material foi utilizado para o serviço. Quantas viagens foram necessárias para executar os serviços informados no Ofício nº 40/2021._x000D_
 4)	Informar o nome do proprietário e a exata localização da propriedade particular, usando a geo localização do google maps, onde ficou guardada a máquina informado no Ofício nº040/2021._x000D_
 5)	Informar a posição exata das estradas, com início e fim, usando a geo localização do google maps, onde foram executados os serviços informados no Ofício nº040/2021._x000D_
 6)	Informar o nome de quem solicitou e quem foi o responsável em receber a solicitação e determinar a execução do serviço informado no Ofício nº040/2021._x000D_
 7)	Informar se o serviço de terraplenagem em aviário próximo à divisa com Cesário Lange foi executado nessa mesma data. E quem autorizou esse serviço._x000D_
 8)	Cópia da planilha onde consta a entrada e saída dos veículos que trabalharam próximo a Cesário Lange informado no Ofício nº040/2021_x000D_
 9)	Informar por que existem divergência de respostas entre os ofícios SSPMnº77 e Ofício nº040/2021</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1687/requerimento_no_28_2021_-_marcio_1.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1687/requerimento_no_28_2021_-_marcio_1.pdf</t>
   </si>
   <si>
     <t>Sobre meus questionamentos do uso do Veículo oficial placa nº003 do dia 15/01/2021, solicito as seguintes informações:_x000D_
 _x000D_
 01)	Cópia do pagamento do SEM PARAR do veículo placa nº003 do dia 15/01/2021._x000D_
 02)	Informar o horário de saída e retorno da viagem a Cerquilho e Sorocaba no dia 15/01/2021 informado no ofício SSPM Nº077/2021._x000D_
 03)	Cópia de nota de despesa com alimentação do Encarregado de serviços municipais Nilso Ventris, do Secretário José Paes Barbosa e do Vice Prefeito Carlos Alberto Rugulo na viagem feita dia 15/01/2021 as cidades de Cerquilho e Sorocaba; _x000D_
 04)	Cópia da requisição e nota fiscal de compra da ferragem na cidade de Cerquilho conforme informado no ofício Nº040/2021._x000D_
 05)	Informar os locais exatos com endereço dos locais visitados na cidade de Sorocaba, mostrando onde fica o abrigo de ônibus visitado, conforme informado no ofício Nº040/2021._x000D_
 06)	Informar se o modelo do ponto de ônibus, cujo modelo foi copiado na cidade de sorocaba no dia 15/01/2021, que foi informado que será construído em nosso município, será feito com recurso e funcionário próprio ou por empresa contratada._x000D_
 07)	Informar porque existem divergências nas informações apresentadas entre os ofícios SSPM nº077/2021 e o Ofício nº 040/2021.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1688/requerimento_no_29_2021_-_marcio.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1688/requerimento_no_29_2021_-_marcio.pdf</t>
   </si>
   <si>
     <t>Tendo em vista que as respostas do Requerimento Nº19/2021 vieram incompletas, solicito as seguintes informações:_x000D_
 01)	Solicito cópia do contrato entre a empresa de monitoramento e a prefeitura conforme informado no item 4 da resposta ao requerimento Nº19/2021._x000D_
 02)	Solicito informações do porque o item 1 aparece nas três cotações da requisição Nº60537 de 01/06/2017, e esse mesmo item não consta na nota fiscal Nº007 / 21/06/2017_x000D_
 03)	Porque existem divergências sobre o tempo de gravação informados nos ofícios de resposta SSPM Nº067/2020 e o Ofício de Resposta Nº041/2021?_x000D_
 04)	Solicito cópia de 48 horas de gravação das 6 câmeras existentes na garagem municipal, dois dias úteis consecutivos, em qualquer tempo após receber esse requerimento, já que foi informado no ofício de resposta N]41/2021 que o equipamento grava apenas 48 horas._x000D_
 05)	Solicito cópias das requisições de materiais, serviços e combustível dos meses de Janeiro a Maio de 2021 de todos os veículo lotados na Secretaria de serviços Urbanos e Rurais;_x000D_
 06)	Sobre o Item 12 do Requerimento Nº19, solicito documentos de solicitação e ordem de serviço de quem autorizou o serviço de mata burro e aplicação de caco de telha usando o caminhão placa FJQ3H13 e máquina, do final da Rua princesa Isabel até o Loteamento Luiz Antônio Chiquito/Jaime Estevam no Distrito de Maristela._x000D_
 07)	Sobre o item 13 do requerimento Nº019, reitero o pedido de documentos oficiais que comprovem a solicitação de parceria entre um particular com poder público dia 22/03/2021, solicito informações dos critérios utilizados para fazer esse tipo de parceria e também documentos que comprovem quem analisou e autorizou esse pedido de parceria informada no ofício de resposta Nº041/2021._x000D_
 08)	Sobre o Item 14 do ofício Nº041/2021, não ficou claro qual o tipo de planilha ou formulário é utilizado para fazer o controle da frota. Solicito cópias de controle de manutenção preventiva e corretiva dos veículos da Secretaria de serviços do mês de Fevereiro de 2021._x000D_
 09)	Reitero o meu pedido de envio da estrutura organizacional hierárquica da Secretaria de Serviços com nomes e devidas funções de cada um. Solicito lista contendo todos os nomes de funcionários em desvio de função, informando qual a função original e qual função que exerce atualmente._x000D_
 10)	Solicito informações detalhadas do RH, enviada em planilha, sobre todos os funcionários da secretaria de serviços que receberam horas extras ou função gratificada de janeiro a maio de 2021. Informar quais são os funcionários que se utilizam de folha de frequência para controlar a sua frequência ao trabalho na secretaria de serviços. Enviar todas as cópias de folha de frequência de janeiro a maio da secretaria de serviço._x000D_
 11)	Solicito informações e documentos sobre quem solicitou e quem autorizou o serviço realizado dia 12 de Fevereiro de 2021 dentro da Mecânica Barbeta, usando a máquina de corte de concreto, a máquina Retro operada pelo Funcionário Jaime e o Caminhão Placa CPV8246 dirigido pelo funcionário Carlo. Existem divergência de resposta nesse mesmo caso entre os ofícios de resposta Nº040/2021 e SSSPM Nº077/2021.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1696/requerimento-atendimento_fisioterapia.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1696/requerimento-atendimento_fisioterapia.pdf</t>
   </si>
   <si>
     <t>1) Requer saber quantos profissionais de fisioterapia atendem no momento em nosso município pelo Sistema Único de Saúde;_x000D_
 2) Requer saber quantos desses profissionais são disponibilizados para fazer atendimento fisioterapêutico domiciliar;_x000D_
 3) Requer saber quantos pacientes necessitam de atendimento fisioterapêutico domiciliar no momento, uma vez que com a pandemia a necessidade desse tipo de atendimento aumentou;_x000D_
 4) Requer saber como é feito o agendamento para esses atendimentos fisioterapêuticos domiciliares.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1705/requerimento_no_31_2021_-_marcio_-.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1705/requerimento_no_31_2021_-_marcio_-.pdf</t>
   </si>
   <si>
     <t>1) Solicito as planilhas de entrada e saída de veículos da garagem municipal dos meses de maio, Junho e Julho de 2021._x000D_
 2) Solicito da prefeitura todas as guias de recolhimento de taxas de uso de caminhões e máquinas dos meses de Abril, Maio, Junho e Julho de 2021._x000D_
 3) Solicito documentos identificando a composição da CIPA (Comissão Interna de Prevenção de Acidentes) da prefeitura Municipal de Laranjal Paulista de janeiro de 2017 a  Julho de 2021._x000D_
 4) Solicito cópia de todos os relatórios / atas de reuniões produzidos pela CIPA de Janeiro de 2017 a Julho de 2021._x000D_
 5) Solicito informações sobre como funciona o cronograma e o planejamento de manutenção de estradas rurais do município. Como é feito as etapas, desde o pedido (por escrito), se existem documentos que comprovem as parcerias público/privadas, se existe autorizações da secretaria do meio ambiente sobre área de preservação que margeiam a estrada (por escrito), se existe avaliações da secretaria de obras quanto as dimensões da estrada, drenagem, topografia do terreno (por escrito), quem é o responsável por escolher o material a ser utilizado (pedra, caco, terra, etc), onde é descartado os materiais retirado da limpeza da estrada (mourão de cerca, arvores derrubadas, etc),  quem é o responsável por acompanhar todo o processo de execução do serviço e quem garante a durabilidade do serviço executado._x000D_
 _x000D_
 6) Solicito cópia do relatório emitido pela polícia ambiental sobre o aterro irregular da prefeitura onde está instalada a usina de asfalto._x000D_
 7) Solicito cópia da taxa de recolhimento de uso de máquina e caminhão usado no serviço de terraplenagem de 4.500mts² realizado no terreno do aviário localizado próximo a divisa com o Bairro Fazenda Velha nos dias 11 e 12 de Novembro de 2020._x000D_
 8) Solicito informações se o caminhão Limpa Fossa Placa DBA3848, após denúncia realizada dia 06 de Julho de 2021, continuou a realizar serviços de limpa fossa ou outro tipo de atividade._x000D_
 9) Solicito cópia do Processo administrativo instaurado para apurar descarte de esgoto no aterro irregular da prefeitura municipal no Morro Alto ocorrido dia 06 de Julho de 2021.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1714/requerimento-informacoes_concursos.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1714/requerimento-informacoes_concursos.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os Concursos Públicos PMLP nº 01/2017 e nº 01/2018, bem como a lista de aprovados, quantas pessoas já foram chamadas para ocupar suas vagas e qual a vigência dos referidos concursos. _x000D_
 Requer cópia dos editais de todos os demais concursos que se encontram em vigência, bem como a lista de aprovados e a lista com o nome de todas as pessoas que já foram convocadas para ocupar suas vagas.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1715/requerimento-_33_-_todos_vereadores-assinado.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1715/requerimento-_33_-_todos_vereadores-assinado.pdf</t>
   </si>
   <si>
     <t>1.	Está havendo análises e estudos diante a possibilidade de recontratação da empresa SABESP? Se positivo, em qual situação se encontra?_x000D_
 2.	As análises e alterações das propostas para o novo contrato com a empresa SABESP estão respeitando o Novo Marco Regulatório?</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1724/requerimento_no_34-21-proc._pregao_29-2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1724/requerimento_no_34-21-proc._pregao_29-2020.pdf</t>
   </si>
   <si>
     <t>Requer cópia na íntegra de todo Processo Administrativo nº 053/2020, Pregão Presencial nº 029/2020, do tipo Menor Preço por Lote, que tem como objeto Evento Esportivo (Materiais e Serviços).</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1725/requerimento-_35_-_sueli_-_racao.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1725/requerimento-_35_-_sueli_-_racao.pdf</t>
   </si>
   <si>
     <t>1.	Requer cópia das requisições efetuadas para aquisição de ração animal para gato e cachorro ocorridas entre os anos de 2016 e 2021. _x000D_
 2.	Requer cópia de todas notas fiscais, constando as quantidades de rações que foram adquiridas, entre os anos de 2016 e 2021. _x000D_
 3.	Solicita ainda, que seja disponibilizada planilha constando os locais de destino das rações acima citadas.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1726/requerimento-_36_-_marcio_01.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1726/requerimento-_36_-_marcio_01.pdf</t>
   </si>
   <si>
     <t>01)	Quantos testes covid antígeno para enfrentamento à covid 19 foram adquiridos de janeiro de 2019 a Agosto de 2021?_x000D_
 02)	Quais empresas fornecem ou forneceram esses testes de janeiro de 2020 a agosto de 2021?_x000D_
 03)	Qual o custo unitário de cada teste (em média)?_x000D_
 04)	Qual a modalidade essas empresas foram selecionadas para fornecer esses testes?_x000D_
 05)	Fornecer cópia dos e-mails enviado as empresas interessadas em fornecer os testes;_x000D_
 06)	Fornecer cópia dos e-mails recebidos com as propostas das empresas convidadas;_x000D_
 07)	Além do setor de compras, quem mais participou das negociações na compra desses testes?_x000D_
 08)	Houve algum desconto de 12% na negociação desses testes?</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1727/requerimento-_37_-_marcio_02.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1727/requerimento-_37_-_marcio_02.pdf</t>
   </si>
   <si>
     <t>Solicito cópia da planilha de serviços, valores empenhados, empresa participante e responsável pela elaboração e solicitação dos serviços que será executado na escola João Brunheira no distrito de Laras;_x000D_
 Solicito informações de quais escolas vão receber reformas, ampliação, melhorias neste ano de 2021. Fornecer detalhes de cada obras e reforma prevista para 2021.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1728/requerimento-_38_-_marcio_03.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1728/requerimento-_38_-_marcio_03.pdf</t>
   </si>
   <si>
     <t>Solicito cópias das requisições e notas de compra de material para a construção da nova usina de asfalto que foi instalada no morro alto._x000D_
 Solicito cópia do documento que comprove o responsável técnico pelo projeto e execução da nova usina de asfalto que foi instalada no morro alto. Também do responsável técnico e as liberações da Cetesb e licenças ambientais para o funcionamento da usina de asfalto naquele local._x000D_
 _x000D_
 Solicito informações se a prefeitura continua executando o serviço de limpa fossa com o caminhão DBA3848, mesmo após denúncia feita em 06 de julho onde esse veículo foi flagrado despejando esgoto no aterro clandestino da prefeitura no morro alto._x000D_
 _x000D_
 Solicito informações de quem é o responsável em permitir que o terreno da prefeitura no morro alto, continue a seu usado como aterro clandestino. Existem fotos e relatos que caminhões se adentram ao local para descarregar diversos materiais. _x000D_
 _x000D_
 Solicito cópias de todas as licenças ambientais permitindo que o terreno da prefeitura no morro alto seja usado como aterro de materiais diversos.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1729/requerimento-_39_-_marcio_04.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1729/requerimento-_39_-_marcio_04.pdf</t>
   </si>
   <si>
     <t>Solicito documentos que comprovem de quem foi a iniciativa e quem participou da parceria na obra executada na estrada do entre rios na primeira semana de agosto de 2021. Quem foram as empresas parceiras dessa obra e o que foi disponibilizado por essas empresas nessa parceria. Solicito planilha de quanto de recurso financeiro foi disponibilizado pela prefeitura nessa obra, quantas hora de máquinas, quantas horas de caminhões e se houve pagamento de hora extra a funcionários que participaram dessa obra. Solicito cópia do projeto de drenagem e documento assinado que comprove quem foi o responsável geral dessa obra. Solicito cópia da autorização dos proprietários que margeiam a estrada para se adentrar em suas propriedade na execução da obra. Tendo em vista as várias arvores que foram derrubadas e aterradas, solicito cópia da vistoria e autorização do secretário do meio ambiente para a execução dessa obra. Informar (através de fotos) onde foi armazenado o material retirado das cercas (mourões, lascas, arames) que margeavam toda a extensão da obra da estrada do entre rios. Informar qual veículo e qual funcionário foi o responsável por levar o material das cercas ao seu destino final.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1730/requerimento_40_sueli_-_castracoes_e_abrigo_animal.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1730/requerimento_40_sueli_-_castracoes_e_abrigo_animal.pdf</t>
   </si>
   <si>
     <t>Requer: 1) A relação de todas as castrações de cães e gatos efetuadas de 10/03/2020 até hoje; 2) Aonde estava localizado o abrigo municipal gerenciado pela Sra. Ângela de Paula Bocardi Bertelini, o qual foi desativado em junho desse ano, bem como quantos animais estavam no abrigo e por quantas horas recebiam cuidados diários; 3)	Requer cópia do contrato de trabalho da Sra. Ângela de Paula Bocardi Bertilini junto a Prefeitura.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1731/requerimento_41_sueli_-_contrato_castracao.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1731/requerimento_41_sueli_-_contrato_castracao.pdf</t>
   </si>
   <si>
     <t>Considerando que não consta no site da Prefeitura de Laranjal Paulista os documentos integrantes do Pregão Presencial nº 003/2020, referente à "Contratação dos serviços médicos veterinários de castração", e considerando que também não consta no Portal da Transparência o contrato celebrado com o fornecedor Mariana Furian Sandei &amp; Cia. LTDA - ME, que inclusive já foi aditado em R$ 120.000,00, requer: Cópia em mídia digital de todo o processo licitatório do Pregão Presencial nº 003/2020, bem como do Contrato nº 0009/2020, incluindo os dois aditamentos realizados.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>CFOCAPPP - Comissão de Finanças, Orçamentos, Contas e Avaliação de Políticas Públicas, Projetos e Programas</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1732/requerimento-_42_-_orcamento_impositivo.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1732/requerimento-_42_-_orcamento_impositivo.pdf</t>
   </si>
   <si>
     <t>1)	Requerem saber se estão sendo tomadas as devidas providências para incluir a reserva do Orçamento Impositivo nas Leis Orçamentarias do município? Em caso positivo, quais as medidas que estão sendo tomadas? Caso negativo, requeremos que seja analisado o quanto antes, visto que a demanda está prevista na legislação através do artigo 96-A da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1748/requerimento_43_-transito.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1748/requerimento_43_-transito.pdf</t>
   </si>
   <si>
     <t>Cópia na íntegra do estudo realizado para demarcação viária da Rua Guilherme Marconi, próximo ao nº 611, conforme consta no Ofício nº 100/2021 - DEMUTRAN-AMMS, de 21 de setembro de 2021, da Secretaria de Segurança Pública e Trânsito.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1751/requerimento_44_valdecir_linha_distrito_de_laras.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1751/requerimento_44_valdecir_linha_distrito_de_laras.pdf</t>
   </si>
   <si>
     <t>1)	Qual a rota do ônibus da linha Laranjal Paulista/Distrito de Laras?_x000D_
 2)	Há um mapa descrevendo a linha acima citada? Em caso positivo, encaminhar cópia do mapa. _x000D_
 3)	O bairro Parazinho está incluso na linha Laranjal Paulista/Distrito de Laras?</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1758/requerimento_no_45_2021_-_marcio_1.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1758/requerimento_no_45_2021_-_marcio_1.pdf</t>
   </si>
   <si>
     <t>01)	Solicito do RH da Prefeitura relação detalhada de todos os funcionários da secretaria de serviços urbanos e rurais que receberam e recebem função gratificada, hora extra, insalubridade de Janeiro de 2020 a Setembro de 2021. Solicito que as informações venham na íntegra, de forma completa e legível._x000D_
 _x000D_
 02)	Solicito lista de todos os funcionários da secretaria de serviços urbanos e rurais que possuem banco de horas vigente. Solicito informações precisas e detalhadas. Solicito informações de como esse banco de horas funciona e como será feito o acerto desse banco de horas com esses funcionários._x000D_
 _x000D_
 03)	Solicito lista de todos os funcionários da secretaria de serviços urbanos e rurais que se utilizam de folhas de frequência para controlar a entrada e saída do serviço. Solicito cópias completas e legíveis de todas as folhas de frequências desses funcionários de 01 de Janeiro de 2021 a 30 de Setembro de 2021._x000D_
 _x000D_
 04)	Solicito informações se o funcionário recebe antes de sair de férias ou no retorno de suas férias. Solicito informações se algum funcionário entrou com processo contra o município por receber seus proventos apenas no retorno das férias._x000D_
 _x000D_
 05)	Solicito lista detalhada, completa e legível de todos os funcionários que prestam serviços para a prefeitura através da modalidade MEI</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1759/requerimento_no_46_2021_-_marcio.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1759/requerimento_no_46_2021_-_marcio.pdf</t>
   </si>
   <si>
     <t>1)	Solicito informações sobre a reforma dos macacos/jacaré, equipamentos utilizados na garagem municipal para suspender veículos. Solicito cópia da requisição, do empenho e da nota fiscal, foto dos equipamentos reformados._x000D_
 2)	Solicito cópia da gravação de todas as câmera da garagem municipal, 48 horas anterior o recebimento desse requerimento, haja visto que foi informado no requerimento Nº19, que essas câmeras estavam em pleno funcionamento e só gravavam as últimas 24horas._x000D_
 3)	Solicito informações sobre quem opera as câmeras. Quem tem acesso as imagens através do celular, quem monitora as imagens quando ocorre algum problema e que necessita de recuperação das imagens._x000D_
 4)	Solicito informações se o equipamento possui um HD Seagate 1TB (enviar fotos), conforme consta no orçamento da empresa vencedora para fornecer o equipamento. Para se ter um sistema de câmeras se faz necessário um HD de boa capacidade para gravar as imagens por pelo menos 15 dias.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1770/requerimento_no_47_2021_-_marcio.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1770/requerimento_no_47_2021_-_marcio.pdf</t>
   </si>
   <si>
     <t>1-Atualmente qual a quantidade de lâmpadas existentes no município com relação a Iluminação Pública? Favor detalhar. _x000D_
 2-Quais os valores totais faturados mensalmente (Kwh/R$) e qual o critério para o repasse aos clientes pois se é cobrado um percentual sobre o consumo da fatura de cada cliente que, varia a cada mês pois é medido e, o critério é o mesmo conforme Resolução Normativa nº 823 cobrado por estimativa? _x000D_
 3-Se há mapa demonstrativo e as cobranças são feitas também sobre lâmpadas queimadas, já que é por estimativa, existe um departamento da prefeitura que acompanha a substituição dessas lâmpadas através de prestação de contas da empreiteira contratada para não causar prejuízo a população que paga esse serviço?_x000D_
 4.Como a cobrança é um percentual diferente sobre o consumo conforme Lei 3009 de 24 de setembro de 2013, por classe residencial industrial, comercial, zona rural entre outros qual o valor mensal total em KWH utilizados para o cálculo da cobrança da Iluminação Pública?</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1771/requerimento_no_48_2021_-_marcio.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1771/requerimento_no_48_2021_-_marcio.pdf</t>
   </si>
   <si>
     <t>1)	Solicito informações se a prefeitura adotou alguma medida desde o início de 2017 para viabilizar a obra do Trevo do Bidico. _x000D_
 2)	Solicito do executivo todos os documentos relacionados ao trevo do Bidico desde 2009. Estudos, mapas, projetos, desapropriação, estudos ambientais, email enviado e recebido, matérias de visitas a artesp, concessionária ou outro órgão envolvido._x000D_
 3)	Solicito informações se existe algum estudo sobre o fluxo de veículos que se utilizam desse trevo diariamente, números de acidentes, etc._x000D_
 4)	Solicito informações se a concessionária já tem ciência da Av. João Batista Bado e do fluxo de veículos que já a utilizam. Lembrando que com a construção de novos loteamentos no são Roque vai ser necessário mais uma via de acesso além da ponte._x000D_
 5)	Solicito informações se existe algo em estudo pela prefeitura para minimizar o fluxo de veículos no pontilhão do São Roque, pois é o único acesso, com duas mãos de tráfego, seis operações, um lado possui degrau para pedestre, outro possui um passeio com tubulação da SABESP, para complicar colocaram duas muretas que obrigam o pedestre atravessar nas ruas e por fim, fica quase impossível sair das garagens em horário de pico.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1775/requerimento-roda_de_conversa_lgbtqi.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1775/requerimento-roda_de_conversa_lgbtqi.pdf</t>
   </si>
   <si>
     <t>1.	Requer cópia da ata e da lista de presença da última Roda de Conversa LGBTQI+, ministrada pela Secretaria de Saúde de Laranjal Paulista. _x000D_
 2.	Requer saber se já existe um cronograma com as datas das Rodas de Conversa para o ano de 2.022, e se sim, requer cópia do mesmo._x000D_
 3.	Requer que sejam retomadas as Rodas de Conversa LGBTQI+.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1779/requerimento_50_valdecir_vagas_em_creches.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1779/requerimento_50_valdecir_vagas_em_creches.pdf</t>
   </si>
   <si>
     <t>1)	Qual o número de crianças na lista de espera para conseguir uma vaga nas creches municipais?_x000D_
 2)	Quais providências estão sendo tomadas para solucionar o problema da falta de vagas em creches?</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1780/requerimento-_mais_informacoes_concursos-assinado.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1780/requerimento-_mais_informacoes_concursos-assinado.pdf</t>
   </si>
   <si>
     <t>1.	Requer a lista dos aprovados no Concursos Públicos PMLP nº 01/2017 e nº 01/2018, que já foram convocados para assumir o cargo. _x000D_
 2.	Requer saber se o concurso nº 01/2019, para cargo de merendeira, ainda está vigente.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1783/requerimento_no_52_-_marcio.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1783/requerimento_no_52_-_marcio.pdf</t>
   </si>
   <si>
     <t>1) Solicito a lista completa de parcelamentos irregulares ou clandestinos identificados pelo Município.  E quais ações foram tomadas para cada um? (Exemplo: notificação, embargo, autuação, etc.);_x000D_
 2) Solicito o Mapeamento com localização dos parcelamentos identificados. Como na maioria dos casos não há endereço oficial, solicito de cada um a localização por uma coordenada geográfica;_x000D_
 3) Quais destes parcelamentos irregulares/clandestinos estão com Portaria de Embargo?_x000D_
 4) Solicito envio de cópia de todas as Portarias de Embargo;_x000D_
 5) Quando há Embargo, qual medida o Poder Público está sendo adotada para o cumprimento do mesmo?_x000D_
 6) O Ministério Público e Polícia Ambiental tem ciência destes parcelamentos? A Prefeitura tem informações do que estes outros órgãos estão fazendo. Enviar essas informações;_x000D_
 7) Além do Embargo, houve alguma ação de demolição, abertura de inquérito ou indiciamento dos loteadores e/ou proprietários originais de terra desses parcelamentos irregulares ou clandestinos, com base no art. 50 da Lei Federal nº 6.766/79?_x000D_
 8) Qual desses parcelamentos irregulares ou clandestinos estão com processo de regularização na Prefeitura e/ou na Justiça?_x000D_
 9) Quais destes parcelamentos irregulares ou clandestinos já estão sendo considerados e/ou inseridos dentro de uma área urbana isolada ou de extensão (conforme art. 22 e 44 da Lei nº 2.543/2006)?_x000D_
 10) A Prefeitura possui um cadastro dos proprietários de zona rural do município e quais são as terras pertencentes a cada proprietário cadastrado a fim de localização e identificação?_x000D_
 11) A Prefeitura sabe se os cartórios podem realizar o reconhecimento de firma/assinatura por autenticidade ou semelhança dos "contratos de gaveta", ocasionando assim uma espécie de chancelar os contratos irregulares de venda e compra dos imóveis irregulares?_x000D_
 12) A Prefeitura tem conhecimento se o CREA autoriza engenheiros e/ou topógrafos a fazer projeto destes parcelamentos? Este tipo de serviço não há uma ART?_x000D_
 13) Solicito a cópia da lei de zoneamento mais recente e a versão mais recente do anexo da lei do mapa que a Prefeitura está usando para aprovar projetos;_x000D_
 14) Solicito informações se a Prefeitura realiza ou realizou serviços de mata burro, abertura de ruas e melhoria de acesso em áreas que possuem loteamentos embargados/clandestinos de 2017 a 2021;_x000D_
 15) Solicito informações se a Prefeitura realizou abertura de tanques em propriedades particulares ou loteamentos clandestinos sem recolhimento de taxa utilizando máquina, caminhão e funcionário público.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/requerimento-_caps.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/requerimento-_caps.pdf</t>
   </si>
   <si>
     <t>1.	Requer saber quais atividades são desenvolvidas pelo Centro de Atenção Psicossocial – CAPS, em nosso município. _x000D_
 2.	Requer cópia do cronograma semanal das referidas atividades._x000D_
 3.	Requer cópia da lista de funcionários do CAPS, contratados e efetivos._x000D_
 4.	Requer saber quantos médicos atendem atualmente no CAPS, seus nomes e especialidades.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1794/req_54.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1794/req_54.pdf</t>
   </si>
   <si>
     <t>1.	Requerem cópia das Portarias com a designação dos membros da equipe de licitações e equipe de pregão._x000D_
 2.	Requerem saber se todos os funcionários dos referidos setores são efetivos._x000D_
 3.	 Requerem saber com qual frequência esses funcionários participam de cursos para se atualizarem e quais foram os últimos cursos os quais eles participaram.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Claudia Regina Martins Correia Alves, Márcio José Garpelli</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1795/requerimento-_creche_maristela.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1795/requerimento-_creche_maristela.pdf</t>
   </si>
   <si>
     <t>1.	Requerem saber se existe algum projeto para aumentar o número de salas na Creche Municipal Dr. Epaminondas Camargo Madeira, no distrito de Maristela, uma vez que com o aumento do Residencial Jardim Morumbi, aumentou também o número de habitantes no referido distrito e, consequentemente, já houve o aumento na procura de vagas. Segundo o que sugere a LDB, as salas atuais atingiram a lotação máxima, tendo em vista o número de alunos e profissionais por metro quadrado e, inevitavelmente, a procura de vagas para as crianças em 2.022 será ainda maior.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1797/requerimento-_56.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1797/requerimento-_56.pdf</t>
   </si>
   <si>
     <t>1)	Quantos motoristas de ambulância tem hoje o município?_x000D_
 2)	Como é feito a escala de trabalho de cada motorista;_x000D_
 3)	Quem é o responsável por coordenar essa escala de trabalho;_x000D_
 4)	Quem são as atendentes do setor de ambulância e qual a carga horária de trabalho;_x000D_
 5)	Qual é o horário de atendimento do setor de ambulâncias;_x000D_
 6)	Qual a quantidade de veículos existente na frota municipal de transporte de pacientes? Fornecer modelo, placa e Quilometragem._x000D_
 7)	Quem é o responsável pela manutenção da frota dos veículos do setor de ambulâncias de Janeiro 2020 a Dezembro de 2021;_x000D_
 8)	Como é feito o controle de manutenção dos veículos do setor de ambulâncias. Solicito cópias desses controles de Junho a Dezembro de 2021;_x000D_
 9)	 Existe manutenção preventiva e corretiva desses veículos de forma periódica?_x000D_
 10)	Em caso de manutenção e conserto, quem define qual oficina ou concessionária encaminhar o veículo?_x000D_
 11)	Quem é o responsável por receber o veículo e verificar se o serviço/manutenção foi feito de acordo?_x000D_
 12)	 A troca de óleo e o rodízio de pneus são feitos dentro dos prazos? Solicito documentos que comprovem essa prática;_x000D_
 13)	Qual foi o valor gasto em oficinas e concessionárias no ano de 2021 com a manutenção da frota do setor de ambulâncias? Fornecer lista de todos os fornecedores e prestadores de serviço;_x000D_
 14)	Todos os itens de segurança estão em perfeitas condições de uso, de acordo com a legislação de trânsito?_x000D_
 15)	Todos os motoristas estão aptos e dentro de suas respectivas categorias, bem como em dia com os cursos obrigatório para transporte de pacientes?</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
@@ -2130,67 +2130,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1570/emenda_supressiva_plc_2_-_exclui_agentes_politicos_da_revisao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1588/emd_3_2021_-_altera_pl_11.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1618/emenda_no_05.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1712/emenda_06_2021_pl_41.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1741/emenda_7_-_plc_11_supressiva.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1744/emenda_no_8_-_pl_51.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1745/emenda_no_9_-_pl_42.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1746/emenda_no_10_-_plc_13.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1760/1.082_-_mensagem_ldo_-_2022_-_a.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1761/1.083_-_mensagem_ppa_2022_-2025_-_a.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1573/ind_1_2021_-_transporte_gratuito_todos_estudantes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1575/ind_2_2021_granzotto_-_prorrogacao_impostos_municipais.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1602/ind_4_granzotto_-_criacao_pronto-socorro_veterinario.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1607/ind_5_valdecir_-_plano_municipal_de_saneamento.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1611/ind_6_flavio_-_obras_distrito_de_laras.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1620/indicacao_no_07.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1635/ind_10_-_isencao_taxa_de_licenca_do_comercio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1636/ind_11_-_doacao_50_subsidio_para_vacinas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1649/ind_12_2021_nilso_notificacao_proprietarios_de_jazigos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1650/ind_13_claudia_testes_covid-19_antes_das_aulas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1654/ind_15_2021__-_cidadania_na_grade_curricular.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1655/ind_16_2021_-_locacao_viaturas_gcm.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1666/ind_17_-_kits_agric_familiar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1670/indicacao_2021_-_passagem_ponte_joao_bordignon_-valdecir_-_kantjr.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1677/indicacao-rodas_de_conversas_lgbtqi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1680/indicacao_20_-_carcovid.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1697/indicacao-21_-_kit_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1701/indicacao_no_22_-_praca__nere.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1733/indicacao_no_23_-_agua_potavel.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1742/indicacao_24-gratuidade_no_transporte_publico-deficientes.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1752/indicacao_no_25_-_ppi.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1762/indicacao_26-2021_-_placa_com_a_denominacao_da_via_rua_maria_stelita_zanella_-_claudia.odt_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1763/indicacao_2021_-_granzotto_-_alvara.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1765/indicacao_2021_-_flavio_-_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1766/indicacao_2021_-_flavio_-_calcamento_da_margem_do_rio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1774/indicacao-farmacias_de_plantao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1776/indicacao_2021_-_valdecir_-_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1784/indicacao_no_32_2021_-_jose_francisco_justica_restaurativa_escolas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1792/indicacao_no_33_2021_-_francisco_-nome_rua_maristela.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1793/indicacao_no_34_2021_-_francisco_-nome_ponto_onibus.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1580/moc_1_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1581/moc_2_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1582/moc_3_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1583/moc_4_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1634/moc_7_2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1637/moc_8_20201.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1663/mocao_9_2021_-_dia_do_tropeiro.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1664/moc_10_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1679/mocao_11_-_carcovid.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1682/mocao_no_12__apelo_-_botucatu.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1698/mocao_no_13__apelo_-_caixa_economica_2.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1699/mocao_no_14__apelo_-_voto_impresso.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1706/mocao_no_15_apelo_-_pesar_-_tutu.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1707/mocao_de_pesar-paschoal_braz_delazari.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1716/mocao_no__repudio-_marcio_garpelli.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1723/moc_18.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1743/mocao_no_19_aplauso_posto_escala.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1753/mocao_no_20_apelo_-_sueli_-_vacinacao-assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1754/mocao_no_21_aplauso_-_tropeiros.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1769/mocao_aplauso-professores.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1772/moc_23_-_duplicacao_sp300.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1796/mocao_aplauso-reginaldo.doc.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1692/projeto_de_decreto_legislativo_-_igor.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1693/projeto_de_decreto_legislativo_-_revogando_decreto.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1612/untitled_20210302_095732.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1631/of._349_proj._lei__-_antecipar_feriados_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1632/of._350_proj._lei__-_vale_alimentacao_as._social_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1633/of._352-_proj._lei_-_conselho_do_fundeb_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1641/pl_27_2021_-_programa_emergencial_combate_desemprego.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1669/pl_32_2021_-_revoga_lei_2877.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1678/pl_34_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1700/pl_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1702/pl_44_-_concessao_velorio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1709/pl_45.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1710/pl_46.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1778/1227_-_cred_adicional_suplementar_-_r3.515.00000_-_a.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1630/plc_06_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1708/projeto_de_resolucao_no_05_2021-assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1564/req_1_2021_-_motoristas_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1565/req_2_2021_-_gastos_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1577/req_3_2021_-_doses_vacina_covid-19.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1590/req_4_claudia_-_lista_de_professores.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1606/req_6_valdecir_-_contrato_fiorilli.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1616/requerimento_no__07_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1617/requerimento_no_08_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1619/requerimento_no_09.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1625/requerimento_10_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1626/requerimento_11_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1628/requerimento_12_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1638/req_13_-_multas_covid-19_em_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1639/req_14_-_meis_x_frente_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1640/req_15_-_conselho_municipal_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1642/req_16_2021_-_professores_contratados.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1648/req_17_2021_-_reducao_covid_apos_lockdown.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1656/req_18_2021_-_processos_trabalhistas.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1659/req_19_2021_-_informacoes_garagem.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1660/req_20_2021_-_pregao_39_2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1661/req_21_2021_-_cmdca.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1662/req_22_2021_-_conselho_fundeb.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1667/req_23_-_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1671/requerimento_no_2021_-_epi.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1674/requerimento_no_2021_-_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1676/requerimento_no_2021_-_cpi.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1686/requerimento_no_27_2021_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1687/requerimento_no_28_2021_-_marcio_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1688/requerimento_no_29_2021_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1696/requerimento-atendimento_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1705/requerimento_no_31_2021_-_marcio_-.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1714/requerimento-informacoes_concursos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1715/requerimento-_33_-_todos_vereadores-assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1724/requerimento_no_34-21-proc._pregao_29-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1725/requerimento-_35_-_sueli_-_racao.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1726/requerimento-_36_-_marcio_01.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1727/requerimento-_37_-_marcio_02.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1728/requerimento-_38_-_marcio_03.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1729/requerimento-_39_-_marcio_04.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1730/requerimento_40_sueli_-_castracoes_e_abrigo_animal.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1731/requerimento_41_sueli_-_contrato_castracao.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1732/requerimento-_42_-_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1748/requerimento_43_-transito.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1751/requerimento_44_valdecir_linha_distrito_de_laras.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1758/requerimento_no_45_2021_-_marcio_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1759/requerimento_no_46_2021_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1770/requerimento_no_47_2021_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1771/requerimento_no_48_2021_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1775/requerimento-roda_de_conversa_lgbtqi.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1779/requerimento_50_valdecir_vagas_em_creches.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1780/requerimento-_mais_informacoes_concursos-assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1783/requerimento_no_52_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/requerimento-_caps.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1794/req_54.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1795/requerimento-_creche_maristela.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1797/requerimento-_56.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1570/emenda_supressiva_plc_2_-_exclui_agentes_politicos_da_revisao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1588/emd_3_2021_-_altera_pl_11.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1618/emenda_no_05.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1712/emenda_06_2021_pl_41.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1741/emenda_7_-_plc_11_supressiva.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1744/emenda_no_8_-_pl_51.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1745/emenda_no_9_-_pl_42.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1746/emenda_no_10_-_plc_13.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1760/1.082_-_mensagem_ldo_-_2022_-_a.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1761/1.083_-_mensagem_ppa_2022_-2025_-_a.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1573/ind_1_2021_-_transporte_gratuito_todos_estudantes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1575/ind_2_2021_granzotto_-_prorrogacao_impostos_municipais.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1602/ind_4_granzotto_-_criacao_pronto-socorro_veterinario.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1607/ind_5_valdecir_-_plano_municipal_de_saneamento.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1611/ind_6_flavio_-_obras_distrito_de_laras.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1620/indicacao_no_07.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1635/ind_10_-_isencao_taxa_de_licenca_do_comercio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1636/ind_11_-_doacao_50_subsidio_para_vacinas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1649/ind_12_2021_nilso_notificacao_proprietarios_de_jazigos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1650/ind_13_claudia_testes_covid-19_antes_das_aulas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1654/ind_15_2021__-_cidadania_na_grade_curricular.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1655/ind_16_2021_-_locacao_viaturas_gcm.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1666/ind_17_-_kits_agric_familiar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1670/indicacao_2021_-_passagem_ponte_joao_bordignon_-valdecir_-_kantjr.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1677/indicacao-rodas_de_conversas_lgbtqi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1680/indicacao_20_-_carcovid.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1697/indicacao-21_-_kit_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1701/indicacao_no_22_-_praca__nere.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1733/indicacao_no_23_-_agua_potavel.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1742/indicacao_24-gratuidade_no_transporte_publico-deficientes.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1752/indicacao_no_25_-_ppi.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1762/indicacao_26-2021_-_placa_com_a_denominacao_da_via_rua_maria_stelita_zanella_-_claudia.odt_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1763/indicacao_2021_-_granzotto_-_alvara.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1765/indicacao_2021_-_flavio_-_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1766/indicacao_2021_-_flavio_-_calcamento_da_margem_do_rio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1774/indicacao-farmacias_de_plantao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1776/indicacao_2021_-_valdecir_-_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1784/indicacao_no_32_2021_-_jose_francisco_justica_restaurativa_escolas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1792/indicacao_no_33_2021_-_francisco_-nome_rua_maristela.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1793/indicacao_no_34_2021_-_francisco_-nome_ponto_onibus.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1580/moc_1_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1581/moc_2_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1582/moc_3_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1583/moc_4_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1634/moc_7_2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1637/moc_8_20201.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1663/mocao_9_2021_-_dia_do_tropeiro.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1664/moc_10_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1679/mocao_11_-_carcovid.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1682/mocao_no_12__apelo_-_botucatu.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1698/mocao_no_13__apelo_-_caixa_economica_2.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1699/mocao_no_14__apelo_-_voto_impresso.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1706/mocao_no_15_apelo_-_pesar_-_tutu.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1707/mocao_de_pesar-paschoal_braz_delazari.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1716/mocao_no__repudio-_marcio_garpelli.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1723/moc_18.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1743/mocao_no_19_aplauso_posto_escala.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1753/mocao_no_20_apelo_-_sueli_-_vacinacao-assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1754/mocao_no_21_aplauso_-_tropeiros.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1769/mocao_aplauso-professores.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1772/moc_23_-_duplicacao_sp300.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1796/mocao_aplauso-reginaldo.doc.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1692/projeto_de_decreto_legislativo_-_igor.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1693/projeto_de_decreto_legislativo_-_revogando_decreto.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1612/untitled_20210302_095732.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1631/of._349_proj._lei__-_antecipar_feriados_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1632/of._350_proj._lei__-_vale_alimentacao_as._social_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1633/of._352-_proj._lei_-_conselho_do_fundeb_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1641/pl_27_2021_-_programa_emergencial_combate_desemprego.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1669/pl_32_2021_-_revoga_lei_2877.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1678/pl_34_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1700/pl_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1702/pl_44_-_concessao_velorio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1709/pl_45.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1710/pl_46.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1778/1227_-_cred_adicional_suplementar_-_r3.515.00000_-_a.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1630/plc_06_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1708/projeto_de_resolucao_no_05_2021-assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1564/req_1_2021_-_motoristas_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1565/req_2_2021_-_gastos_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1577/req_3_2021_-_doses_vacina_covid-19.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1590/req_4_claudia_-_lista_de_professores.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1606/req_6_valdecir_-_contrato_fiorilli.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1616/requerimento_no__07_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1617/requerimento_no_08_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1619/requerimento_no_09.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1625/requerimento_10_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1626/requerimento_11_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1628/requerimento_12_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1638/req_13_-_multas_covid-19_em_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1639/req_14_-_meis_x_frente_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1640/req_15_-_conselho_municipal_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1642/req_16_2021_-_professores_contratados.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1648/req_17_2021_-_reducao_covid_apos_lockdown.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1656/req_18_2021_-_processos_trabalhistas.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1659/req_19_2021_-_informacoes_garagem.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1660/req_20_2021_-_pregao_39_2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1661/req_21_2021_-_cmdca.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1662/req_22_2021_-_conselho_fundeb.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1667/req_23_-_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1671/requerimento_no_2021_-_epi.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1674/requerimento_no_2021_-_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1676/requerimento_no_2021_-_cpi.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1686/requerimento_no_27_2021_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1687/requerimento_no_28_2021_-_marcio_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1688/requerimento_no_29_2021_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1696/requerimento-atendimento_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1705/requerimento_no_31_2021_-_marcio_-.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1714/requerimento-informacoes_concursos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1715/requerimento-_33_-_todos_vereadores-assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1724/requerimento_no_34-21-proc._pregao_29-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1725/requerimento-_35_-_sueli_-_racao.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1726/requerimento-_36_-_marcio_01.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1727/requerimento-_37_-_marcio_02.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1728/requerimento-_38_-_marcio_03.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1729/requerimento-_39_-_marcio_04.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1730/requerimento_40_sueli_-_castracoes_e_abrigo_animal.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1731/requerimento_41_sueli_-_contrato_castracao.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1732/requerimento-_42_-_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1748/requerimento_43_-transito.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1751/requerimento_44_valdecir_linha_distrito_de_laras.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1758/requerimento_no_45_2021_-_marcio_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1759/requerimento_no_46_2021_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1770/requerimento_no_47_2021_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1771/requerimento_no_48_2021_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1775/requerimento-roda_de_conversa_lgbtqi.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1779/requerimento_50_valdecir_vagas_em_creches.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1780/requerimento-_mais_informacoes_concursos-assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1783/requerimento_no_52_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/requerimento-_caps.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1794/req_54.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1795/requerimento-_creche_maristela.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1797/requerimento-_56.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="169.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="169" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>