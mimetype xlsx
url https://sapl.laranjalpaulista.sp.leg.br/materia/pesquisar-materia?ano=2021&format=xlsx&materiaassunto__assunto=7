--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -54,357 +54,357 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1569/emd_1_2021_-_emenda_corretiva_do_pl_5.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1569/emd_1_2021_-_emenda_corretiva_do_pl_5.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 1º do Projeto de Lei nº 5/2021.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Antônio Valdecir Berto Filho, Claudia Regina Martins Correia Alves, Flávio Antônio Portela, Francisco Ubiratam de Santana, José Francisco de Moura Campos, Kant Alves Lima Junior, Márcio José Garpelli, Marcos Eduardo de Mello, Mesa Diretora, Nilso Ventris, Ricardo Tadeu Granzotto, Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1591/pelom_3_-_orcamento_impositivo_.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1591/pelom_3_-_orcamento_impositivo_.pdf</t>
   </si>
   <si>
     <t>Acrescenta artigo 96-A na Lei Orgânica do Município de Laranjal Paulista -SP, que institui Orçamento Impositivo dispõe sobre execução orçamentária financeira da programação incluída por emendas individuais do Poder Legislativo Municipal em Lei Anual.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Antônio Valdecir Berto Filho, Flávio Antônio Portela, Francisco Ubiratam de Santana, José Francisco de Moura Campos, Kant Alves Lima Junior, Márcio José Garpelli, Marcos Eduardo de Mello, Nilso Ventris, Ricardo Tadeu Granzotto, Sueli Aparecida da Costa, Claudia Regina Martins Correia Alves</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1597/pelom_4_-_altera_prazos_ppa_ldo_loa_.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1597/pelom_4_-_altera_prazos_ppa_ldo_loa_.pdf</t>
   </si>
   <si>
     <t>Altera as disposições constantes do artigo 96 da Lei Orgânica Municipal de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Antônio Valdecir Berto Filho, Claudia Regina Martins Correia Alves, Flávio Antônio Portela, Francisco Ubiratam de Santana, Nilso Ventris, Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1740/projeto_emenda_lom__-_altera_art._96-_a.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1740/projeto_emenda_lom__-_altera_art._96-_a.pdf</t>
   </si>
   <si>
     <t>Altera o §1º do artigo 96-A na Lei Orgânica do Município de Laranjal Paulista/SP.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1556/pl_3_2021_-_credito_adic_suplementar_1.381.79065.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1556/pl_3_2021_-_credito_adic_suplementar_1.381.79065.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar no orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1557/pl_4_2021_-_credito_adic_especial_445.00000.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1557/pl_4_2021_-_credito_adic_especial_445.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial no orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1558/pl_5_2021_-_credito_adic_especial_678.09889.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1558/pl_5_2021_-_credito_adic_especial_678.09889.pdf</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1566/pl_7_2021_-_credito_adicional_240.00000_gcm.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1566/pl_7_2021_-_credito_adicional_240.00000_gcm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial no Orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1567/pl_8_2021_-_credito_adicional_559.36769_covid.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1567/pl_8_2021_-_credito_adicional_559.36769_covid.pdf</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1568/pl_9_2021_-_credito_adicional_206.66175_covid.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1568/pl_9_2021_-_credito_adicional_206.66175_covid.pdf</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1584/pl_12_-_credito_adicional_saude_860.48472.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1584/pl_12_-_credito_adicional_saude_860.48472.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial no orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1585/pl_13_-_credito_adicional_44.90958_educacao_site.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1585/pl_13_-_credito_adicional_44.90958_educacao_site.pdf</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1594/pl_17_-_credito_saude_52.24600_.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1594/pl_17_-_credito_saude_52.24600_.pdf</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1598/pl_19_-_credito_diversos_1.763.94636_.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1598/pl_19_-_credito_diversos_1.763.94636_.pdf</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1665/pl_30_-credito_especial-200.000.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1665/pl_30_-credito_especial-200.000.pdf</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1683/pl_35_-_crredito_covid_100k.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1683/pl_35_-_crredito_covid_100k.pdf</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1689/pl_38_-_suplementar_4.585.00000.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1689/pl_38_-_suplementar_4.585.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar e Especial no Orçamento de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1690/pl_39_-_suplementar_2.700.00000.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1690/pl_39_-_suplementar_2.700.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar no Orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1691/pl_40_-_fundeb_4.225.00000.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1691/pl_40_-_fundeb_4.225.00000.pdf</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1718/pl_49_-_credito_saude_100k.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1718/pl_49_-_credito_saude_100k.pdf</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1735/pl_52.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1735/pl_52.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial no orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1736/pl_53.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1736/pl_53.pdf</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1749/pl.54.loa.22.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1749/pl.54.loa.22.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Poder Legislativo e Executivo do Município de Laranjal Paulista, para o exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1750/pl55.financ.bb.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1750/pl55.financ.bb.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar financiamento junto ao Banco do Brasil S.A.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1755/pl_56.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1755/pl_56.pdf</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1764/pl_57_-_suplementar_5100k.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1764/pl_57_-_suplementar_5100k.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar no Orçamento de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1777/pl_58_-_credito_saude_100k.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1777/pl_58_-_credito_saude_100k.pdf</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1781/1245_-_credito_adicional_especial_r1.100.00000_-a.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1781/1245_-_credito_adicional_especial_r1.100.00000_-a.pdf</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1782/1246-_a.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1782/1246-_a.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar no Orçamento de 2021, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -711,67 +711,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1569/emd_1_2021_-_emenda_corretiva_do_pl_5.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1591/pelom_3_-_orcamento_impositivo_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1597/pelom_4_-_altera_prazos_ppa_ldo_loa_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1740/projeto_emenda_lom__-_altera_art._96-_a.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1556/pl_3_2021_-_credito_adic_suplementar_1.381.79065.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1557/pl_4_2021_-_credito_adic_especial_445.00000.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1558/pl_5_2021_-_credito_adic_especial_678.09889.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1566/pl_7_2021_-_credito_adicional_240.00000_gcm.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1567/pl_8_2021_-_credito_adicional_559.36769_covid.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1568/pl_9_2021_-_credito_adicional_206.66175_covid.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1584/pl_12_-_credito_adicional_saude_860.48472.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1585/pl_13_-_credito_adicional_44.90958_educacao_site.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1594/pl_17_-_credito_saude_52.24600_.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1598/pl_19_-_credito_diversos_1.763.94636_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1665/pl_30_-credito_especial-200.000.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1683/pl_35_-_crredito_covid_100k.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1689/pl_38_-_suplementar_4.585.00000.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1690/pl_39_-_suplementar_2.700.00000.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1691/pl_40_-_fundeb_4.225.00000.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1718/pl_49_-_credito_saude_100k.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1735/pl_52.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1736/pl_53.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1749/pl.54.loa.22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1750/pl55.financ.bb.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1755/pl_56.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1764/pl_57_-_suplementar_5100k.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1777/pl_58_-_credito_saude_100k.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1781/1245_-_credito_adicional_especial_r1.100.00000_-a.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1782/1246-_a.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1569/emd_1_2021_-_emenda_corretiva_do_pl_5.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1591/pelom_3_-_orcamento_impositivo_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1597/pelom_4_-_altera_prazos_ppa_ldo_loa_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1740/projeto_emenda_lom__-_altera_art._96-_a.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1556/pl_3_2021_-_credito_adic_suplementar_1.381.79065.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1557/pl_4_2021_-_credito_adic_especial_445.00000.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1558/pl_5_2021_-_credito_adic_especial_678.09889.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1566/pl_7_2021_-_credito_adicional_240.00000_gcm.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1567/pl_8_2021_-_credito_adicional_559.36769_covid.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1568/pl_9_2021_-_credito_adicional_206.66175_covid.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1584/pl_12_-_credito_adicional_saude_860.48472.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1585/pl_13_-_credito_adicional_44.90958_educacao_site.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1594/pl_17_-_credito_saude_52.24600_.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1598/pl_19_-_credito_diversos_1.763.94636_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1665/pl_30_-credito_especial-200.000.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1683/pl_35_-_crredito_covid_100k.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1689/pl_38_-_suplementar_4.585.00000.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1690/pl_39_-_suplementar_2.700.00000.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1691/pl_40_-_fundeb_4.225.00000.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1718/pl_49_-_credito_saude_100k.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1735/pl_52.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1736/pl_53.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1749/pl.54.loa.22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1750/pl55.financ.bb.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1755/pl_56.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1764/pl_57_-_suplementar_5100k.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1777/pl_58_-_credito_saude_100k.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1781/1245_-_credito_adicional_especial_r1.100.00000_-a.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1782/1246-_a.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="227.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>