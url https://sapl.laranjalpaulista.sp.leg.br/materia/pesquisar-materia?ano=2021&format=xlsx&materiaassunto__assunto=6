--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -54,114 +54,114 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Márcio José Garpelli, Antônio Valdecir Berto Filho, Claudia Regina Martins Correia Alves, Flávio Antônio Portela, Francisco Ubiratam de Santana, José Francisco de Moura Campos, Kant Alves Lima Junior, Marcos Eduardo de Mello, Nilso Ventris, Ricardo Tadeu Granzotto, Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1672/projeto_emenda_lom__-_altera_art._141_lom_assinado.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1672/projeto_emenda_lom__-_altera_art._141_lom_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 141 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Ricardo Tadeu Granzotto</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1563/pl_6_2021_-_proibe_fogos_de_artificio_sonoros.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1563/pl_6_2021_-_proibe_fogos_de_artificio_sonoros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da queima e da soltura de fogos de estampidos e de artifícios, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no município de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1609/pl_21.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1609/pl_21.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 2.481, de 10 de agosto de 2.005, que dispõe sobre desafetação e transferência por doação, de imóvel destinado a possibilitar a fusão de duas áreas de empresa com sede no município.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1614/untitled_20210304_122840.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1614/untitled_20210304_122840.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de empreendimentos imobiliários na modalidade de Condomínio de Lotes Residenciais no Município de Laranjal Paulista, nos termos da Lei Federal nº 13.465 de 11 de julho de 2.017.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1652/plc_7_-_altera_lei_185_regularizacao_fundiaria.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1652/plc_7_-_altera_lei_185_regularizacao_fundiaria.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 185 de 30 de novembro de 2016, para disposições sobre a zona fiscal em áreas objeto de regularização fundiária.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -468,67 +468,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1672/projeto_emenda_lom__-_altera_art._141_lom_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1563/pl_6_2021_-_proibe_fogos_de_artificio_sonoros.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1609/pl_21.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1614/untitled_20210304_122840.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1652/plc_7_-_altera_lei_185_regularizacao_fundiaria.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1672/projeto_emenda_lom__-_altera_art._141_lom_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1563/pl_6_2021_-_proibe_fogos_de_artificio_sonoros.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1609/pl_21.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1614/untitled_20210304_122840.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1652/plc_7_-_altera_lei_185_regularizacao_fundiaria.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="187.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>