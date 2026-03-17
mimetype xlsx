--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -54,132 +54,132 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1555/pl_2_2021_-_revisao_vencimentos_conselheiros_tutelares.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1555/pl_2_2021_-_revisao_vencimentos_conselheiros_tutelares.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei nº 3.267 de 14 de maio de 2019, para estabelecer a revisão nos vencimentos dos membros do Conselho Tutelar.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Antônio Valdecir Berto Filho, Claudia Regina Martins Correia Alves, Flávio Antônio Portela, Francisco Ubiratam de Santana, José Francisco de Moura Campos, Kant Alves Lima Junior, Márcio José Garpelli, Marcos Eduardo de Mello, Nilso Ventris, Ricardo Tadeu Granzotto, Sueli Aparecida da Costa</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1596/pl_18_-_suspende_prazo_concurso_.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1596/pl_18_-_suspende_prazo_concurso_.pdf</t>
   </si>
   <si>
     <t>Suspende o prazo de validade do Concurso Público nº 001/2018, referente ao emprego de Assistente Legislativo.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1560/plc_1_2021_-_revisao_valor_cartao-alimentacao_-_executivo.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1560/plc_1_2021_-_revisao_valor_cartao-alimentacao_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de revisão no valor mensal do "Cartão Alimentação" dos servidores do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1561/plc_2_2021_-_rga_vencimentos_e_subsidios_servidores_publicos_-_executivo.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1561/plc_2_2021_-_rga_vencimentos_e_subsidios_servidores_publicos_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  a Revisão Geral Anual dos vencimentos e subsídios dos servidores públicos do Poder Executivo Municipal na forma que especifica.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Márcio José Garpelli</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1571/plc_3_2021_-_reduz_subsidios_vereadores_em_70.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1571/plc_3_2021_-_reduz_subsidios_vereadores_em_70.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução dos subsídios dos Vereadores em 70% (setenta por cento), durante o período em que ficar suspensa qualquer atividade comercial, industrial, fabril e empresarial.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1572/plc_4_2021_-_reduz_subsidios_agentes_politicos_em_70.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1572/plc_4_2021_-_reduz_subsidios_agentes_politicos_em_70.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução dos subsídios do Prefeito, Vice-Prefeito, Secretários Municipais e Chefe de Gabinete em 70% (setenta por cento), durante o período em que ficar suspensa qualquer atividade comercial, industrial, fabril e empresarial no Município de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1747/plc_14.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1747/plc_14.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Distrato Trabalhista no âmbito do Poder Executivo Municipal, previsto no art. 484-A, da CLT.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -486,67 +486,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1555/pl_2_2021_-_revisao_vencimentos_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1596/pl_18_-_suspende_prazo_concurso_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1560/plc_1_2021_-_revisao_valor_cartao-alimentacao_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1561/plc_2_2021_-_rga_vencimentos_e_subsidios_servidores_publicos_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1571/plc_3_2021_-_reduz_subsidios_vereadores_em_70.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1572/plc_4_2021_-_reduz_subsidios_agentes_politicos_em_70.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1747/plc_14.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1555/pl_2_2021_-_revisao_vencimentos_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1596/pl_18_-_suspende_prazo_concurso_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1560/plc_1_2021_-_revisao_valor_cartao-alimentacao_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1561/plc_2_2021_-_rga_vencimentos_e_subsidios_servidores_publicos_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1571/plc_3_2021_-_reduz_subsidios_vereadores_em_70.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1572/plc_4_2021_-_reduz_subsidios_agentes_politicos_em_70.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2021/1747/plc_14.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="150.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="150" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="244.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>