--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -54,87 +54,87 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1402/pl_19_2020_-_credito_adicional_site.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1402/pl_19_2020_-_credito_adicional_site.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial no orçamento de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1411/pl_20_2020_-_credito_especial_87.60000.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1411/pl_20_2020_-_credito_especial_87.60000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional Especial no Orçamento de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1443/pl_28_2020_-_credito_especial_-_urgente_site.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1443/pl_28_2020_-_credito_especial_-_urgente_site.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial no orçamento de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1445/pl_30_2020_-_convenio_hcfmb_famesp.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1445/pl_30_2020_-_convenio_hcfmb_famesp.pdf</t>
   </si>
   <si>
     <t>Autoriza Poder Executivo celebrar convênio com Hospital das Clínicas da Faculdade de Medicina de Botucatu HCFMB Fundação para Desenvolvimento Médico Hospitalar FAMESP, objetivando transferência de recursos financeiros destinados realização de testes para detecção do SARS-Cov-2 (Novo Coronavírus), através de exame de RT-PCR, assim, proporcionando um intercâmbio técnico-científico entre as partes, para disponibilização pelo HC de até 800 (oitocentos) testes mensais para população de Laranjal Paulista.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -441,67 +441,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1402/pl_19_2020_-_credito_adicional_site.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1411/pl_20_2020_-_credito_especial_87.60000.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1443/pl_28_2020_-_credito_especial_-_urgente_site.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1445/pl_30_2020_-_convenio_hcfmb_famesp.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1402/pl_19_2020_-_credito_adicional_site.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1411/pl_20_2020_-_credito_especial_87.60000.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1443/pl_28_2020_-_credito_especial_-_urgente_site.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1445/pl_30_2020_-_convenio_hcfmb_famesp.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>