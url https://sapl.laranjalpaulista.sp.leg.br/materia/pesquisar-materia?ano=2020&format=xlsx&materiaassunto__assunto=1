--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -54,330 +54,330 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1332/emd_1_2020_plc_5_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1332/emd_1_2020_plc_5_2020.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa do Projeto de Lei Complementar nº 5/2020 que estabelece o Plano de Carreira e Avaliação de Desempenho dos Servidores Públicos no âmbito do Poder Executivo.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1338/msg_4_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1338/msg_4_2020.pdf</t>
   </si>
   <si>
     <t>Mensagem nº 5/2020 Procuradoria do Município: 2ª Emenda Modificativa do Projeto de Lei Complementar nº 2/2020, que estabelece novas regras sobre Direitos e Vantagens dos Servidores Públicos no exercício de cargo efetivo no âmbito do poder executivo.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1324/pdl_1_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1324/pdl_1_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração e revogação de artigos do Decreto Legislativo nº 4/2009.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1453/pelom_1_2020_-_institui_pgm.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1453/pelom_1_2020_-_institui_pgm.pdf</t>
   </si>
   <si>
     <t>Institui a Procuradoria Geral do Município de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1299/pl_4_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1299/pl_4_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei nº 3.267 de 14 de maio de 2019, para estabelecer novo valor de vencimentos aos membros do Conselho Tutelar.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1300/pl_5_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1300/pl_5_2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3174, de 24 de fevereiro de 2017 para novas disposições sobre a bolsa Auxílio Desemprego do Programa Emergencial de Qualificação Profissional e Combate ao Desemprego conforme especifica.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1362/pl_15_2020_-_vale-refeicao_motoristas_site.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1362/pl_15_2020_-_vale-refeicao_motoristas_site.pdf</t>
   </si>
   <si>
     <t>Institui o auxílio-alimentação na modalidade vale-refeição para viagens de motoristas de ambulâncias do Poder Executivo do Município de Laranjal Paulista, e dá outras providências.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1297/plc_2_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1297/plc_2_2020.pdf</t>
   </si>
   <si>
     <t>Estabelece novas regras sobre Direitos e Vantagens dos Servidores Públicos no exercício de cargo efetivo no âmbito do poder executivo.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1302/plc_3_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1302/plc_3_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de aumento no valor mensal do Cartão Alimentação dos servidores do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1303/plc_4_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1303/plc_4_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos e subsídios dos servidores públicos do Poder Executivo Municipal na forma que especifica.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1305/plc_5_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1305/plc_5_2020.pdf</t>
   </si>
   <si>
     <t>Estabelece o Plano de Carreira e Avaliação de Desempenho dos Servidores Públicos no âmbito do Poder Executivo.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1325/plc_7_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1325/plc_7_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos e subsídios dos empregados públicos e agentes políticos do poder Legislativo Municipal que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1326/plc_8_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1326/plc_8_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de aumento dos vencimentos dos empregados públicos do poder Legislativo Municipal que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1328/plc_9_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1328/plc_9_2020.pdf</t>
   </si>
   <si>
     <t>Cria no âmbito do Poder Executivo uma vaga para o emprego público efetivo de professor de educação especial.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1329/plc_10_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1329/plc_10_2020.pdf</t>
   </si>
   <si>
     <t>Cria no âmbito do Poder Executivo seis vagas para o emprego público efetivo de Merendeira.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1330/plc_11_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1330/plc_11_2020.pdf</t>
   </si>
   <si>
     <t>Cria no âmbito do Poder Executivo onze vagas para o emprego público efetivo de Agentes de Cuidados Infantis.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1340/plc_12_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1340/plc_12_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do Plano de Cargos, Carreiras, Vencimentos, Avaliação de Desempenho e regras sobre Direitos e Vantagens dos empregados efetivos da Câmara Municipal de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1341/plc_13_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1341/plc_13_2020.pdf</t>
   </si>
   <si>
     <t>Determina jornada de trabalho dos empregados municipais da Câmara Municipal de Laranjal Paulista/SP que especifica, institui o Banco de Horas, altera a Lei Complementar  145/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1353/plc_15_20120_.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1353/plc_15_20120_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no Anexo II da Lei Complementar Municipal nº 145/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1367/plc_17_2020_-_emrpegos_operador_balsa.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1367/plc_17_2020_-_emrpegos_operador_balsa.pdf</t>
   </si>
   <si>
     <t>Cria no âmbito do Poder Executivo sete vagas para o emprego público efetivo de Operador de Balsa.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1372/plc_18_2020_-_plano_carreiras_gcm_site.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1372/plc_18_2020_-_plano_carreiras_gcm_site.pdf</t>
   </si>
   <si>
     <t>Institui o Plano de Carreira, de Ingresso e de Vencimentos da Guarda Civil Municipal de Laranjal Paulista.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1327/pre_2_2020.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1327/pre_2_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Laranjal Paulista a celebrar convênio com o Banco do Brasil S.A. e dá outras providências.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1539/pre_3_-_regulamenta_recesso_2020_site.pdf</t>
+    <t>http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1539/pre_3_-_regulamenta_recesso_2020_site.pdf</t>
   </si>
   <si>
     <t>Regulamenta o período de recesso legislativo no âmbito da Câmara Municipal de Laranjal Paulista no período de dezembro de 2020.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -684,67 +684,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1332/emd_1_2020_plc_5_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1338/msg_4_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1324/pdl_1_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1453/pelom_1_2020_-_institui_pgm.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1299/pl_4_2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1300/pl_5_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1362/pl_15_2020_-_vale-refeicao_motoristas_site.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1297/plc_2_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1302/plc_3_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1303/plc_4_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1305/plc_5_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1325/plc_7_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1326/plc_8_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1328/plc_9_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1329/plc_10_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1330/plc_11_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1340/plc_12_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1341/plc_13_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1353/plc_15_20120_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1367/plc_17_2020_-_emrpegos_operador_balsa.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1372/plc_18_2020_-_plano_carreiras_gcm_site.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1327/pre_2_2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1539/pre_3_-_regulamenta_recesso_2020_site.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1332/emd_1_2020_plc_5_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1338/msg_4_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1324/pdl_1_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1453/pelom_1_2020_-_institui_pgm.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1299/pl_4_2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1300/pl_5_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1362/pl_15_2020_-_vale-refeicao_motoristas_site.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1297/plc_2_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1302/plc_3_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1303/plc_4_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1305/plc_5_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1325/plc_7_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1326/plc_8_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1328/plc_9_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1329/plc_10_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1330/plc_11_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1340/plc_12_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1341/plc_13_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1353/plc_15_20120_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1367/plc_17_2020_-_emrpegos_operador_balsa.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1372/plc_18_2020_-_plano_carreiras_gcm_site.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1327/pre_2_2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.laranjalpaulista.sp.leg.br/media/sapl/public/materialegislativa/2020/1539/pre_3_-_regulamenta_recesso_2020_site.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="229.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>